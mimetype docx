--- v0 (2025-11-17)
+++ v1 (2026-01-17)
@@ -1,62 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3605D310" w14:textId="38AAF08B" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="003C59DE" w:rsidP="00F64D6B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C59DE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Alleen blauwe vakjes invullen door aanvrager</w:t>
@@ -87,811 +88,770 @@
         <w:gridCol w:w="1296"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="287"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F239DD" w:rsidRPr="001F758A" w14:paraId="7BAEDDCA" w14:textId="77777777" w:rsidTr="00464412">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B0D85EF" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="00257E5D" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00257E5D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Voorwaarden Instantie voor Dierenwelzijn Utrecht:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40D7FA8A" w14:textId="03844C20" w:rsidR="00413F7B" w:rsidRDefault="003A5A33" w:rsidP="00A12A91">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:ind w:left="142" w:hanging="142"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Neem vooraf kennis van het fokbeleid, te vinden op </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00CA0457">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="16"/>
                 </w:rPr>
                 <w:t>www.ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38B35C5F" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="00257E5D" w:rsidRDefault="00F239DD" w:rsidP="00A12A91">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:ind w:left="142" w:hanging="142"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00257E5D">
-              <w:rPr>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t>Wijzigingen melden bij de IvDU (</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00257E5D">
                 <w:rPr>
                   <w:color w:val="2A6392"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00257E5D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AA742E2" w14:textId="32F902F5" w:rsidR="001F758A" w:rsidRPr="003A5A33" w:rsidRDefault="00A164ED" w:rsidP="003A5A33">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:ind w:left="142" w:hanging="142"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00257E5D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Onverwacht d</w:t>
             </w:r>
             <w:r w:rsidR="00F239DD" w:rsidRPr="00257E5D">
-              <w:rPr>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t>ode dieren en dieren met onverwacht ongerief melden bij de IvDU (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00F239DD" w:rsidRPr="00257E5D">
                 <w:rPr>
                   <w:color w:val="2A6392"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F239DD" w:rsidRPr="00257E5D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="004650D9" w:rsidRPr="00257E5D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> en proefdierlocatie</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="168D408C" w14:textId="6E2A2589" w:rsidR="00AB4057" w:rsidRPr="007E7B81" w:rsidRDefault="00E744B6" w:rsidP="00A12A91">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:ind w:left="142" w:hanging="142"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk52379295"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Minimaal 1 </w:t>
             </w:r>
             <w:r w:rsidR="0082281D" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">keer </w:t>
             </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">per jaar wordt het fokprotocol </w:t>
             </w:r>
             <w:r w:rsidR="0082281D" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(en bijlagen) </w:t>
             </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">geëvalueerd </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>i.o.m</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> onderzoeker, fokbeheerder, </w:t>
             </w:r>
             <w:r w:rsidR="00F60C16" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fok -coördinator</w:t>
             </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en IvD </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DBD8BF4" w14:textId="6E4D5519" w:rsidR="00F239DD" w:rsidRPr="00B03DB9" w:rsidRDefault="002C60C8" w:rsidP="00D81825">
+          <w:p w14:paraId="4DBD8BF4" w14:textId="20393D34" w:rsidR="00F239DD" w:rsidRPr="00B03DB9" w:rsidRDefault="00000000" w:rsidP="00D81825">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-666625933"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D81825">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D81825">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00267F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Indien er geen back-up van de lijn beschikbaar is. Afgesproken dat er voor </w:t>
+              </w:rPr>
+              <w:t>Indien er geen back-up van de lijn beschikbaar is</w:t>
+            </w:r>
+            <w:r w:rsidR="00A47C60">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00267F7F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A47C60">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00267F7F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">fgesproken dat er voor </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="22"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1741779575"/>
                 <w:placeholder>
                   <w:docPart w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B922A0" w:rsidRPr="00B922A0">
+                <w:r w:rsidR="00B922A0" w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00267F7F">
+            <w:r w:rsidR="00267F7F" w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00192843">
+            <w:r w:rsidR="00192843" w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...1 lines deleted...]
-              <w:t>duidelijkheid is over de back-up van de lijn.</w:t>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>dui</w:t>
+            </w:r>
+            <w:r w:rsidR="00192843">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>delijkheid is over de back-up van de lijn.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E5930" w:rsidRPr="00B90CE5" w14:paraId="101F1CE0" w14:textId="77777777" w:rsidTr="007E5930">
+      <w:tr w:rsidR="007E5930" w:rsidRPr="00B90CE5" w14:paraId="101F1CE0" w14:textId="77777777" w:rsidTr="00A47C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="053885C1" w14:textId="2C67784E" w:rsidR="007E5930" w:rsidRPr="00761067" w:rsidRDefault="007E5930" w:rsidP="00F920BD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863ACC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nummer werkprotocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4897" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="646FFEC0" w14:textId="4D188149" w:rsidR="007E5930" w:rsidRPr="00B90CE5" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="646FFEC0" w14:textId="4D188149" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Akkoord IvD (stempel) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2713" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="378CEA16" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00C672F9" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="378CEA16" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Afsluiten werkprotocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="16"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="184494782"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="287" w:type="dxa"/>
                 <w:tcBorders>
+                  <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
+                  <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="33FD1BC5" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00C672F9" w:rsidRDefault="007E5930" w:rsidP="005045F2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="007E5930" w:rsidRPr="00B90CE5" w14:paraId="7585232D" w14:textId="77777777" w:rsidTr="007E5930">
+      <w:tr w:rsidR="007E5930" w:rsidRPr="00B90CE5" w14:paraId="7585232D" w14:textId="77777777" w:rsidTr="00A47C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14A37BB8" w14:textId="5DE1C4AF" w:rsidR="007E5930" w:rsidRPr="00B90CE5" w:rsidRDefault="007E5930" w:rsidP="005045F2">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4897" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECDFA1D" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00B90CE5" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5ECDFA1D" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1F011430" w14:textId="2179B06A" w:rsidR="007E5930" w:rsidRPr="00930A98" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1F011430" w14:textId="2179B06A" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00930A98">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Datum: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="22"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1706449930"/>
                 <w:placeholder>
                   <w:docPart w:val="2444A7EDE91044A6B969594F3726862A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="07702D43" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00C672F9" w:rsidRDefault="007E5930" w:rsidP="005045F2">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Paraaf:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E5930" w:rsidRPr="00053F1E" w14:paraId="2CBB401A" w14:textId="77777777" w:rsidTr="004F7B84">
+      <w:tr w:rsidR="007E5930" w:rsidRPr="00053F1E" w14:paraId="2CBB401A" w14:textId="77777777" w:rsidTr="00A47C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA36C43" w14:textId="05473D9E" w:rsidR="007E5930" w:rsidRPr="00B90CE5" w:rsidRDefault="007E5930" w:rsidP="005045F2">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4897" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7D0402" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00B90CE5" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0B7D0402" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6607E478" w14:textId="56BDE5DA" w:rsidR="007E5930" w:rsidRPr="00053F1E" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6607E478" w14:textId="56BDE5DA" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E6DB6">
-[...9 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> WP</w:t>
+              <w:t>Afstemming WP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="138012B2" w14:textId="124FB010" w:rsidR="007E5930" w:rsidRPr="00053F1E" w:rsidRDefault="007E5930" w:rsidP="005045F2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="138012B2" w14:textId="124FB010" w:rsidR="007E5930" w:rsidRPr="00A47C60" w:rsidRDefault="007E5930" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F6660">
-              <w:rPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16220BEA" wp14:editId="332FC908">
                   <wp:extent cx="85725" cy="85725"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="12" name="Picture 12" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="43" name="Picture 43" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1" flipV="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="90471" cy="90471"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="007F6660">
-              <w:rPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F6660">
-              <w:rPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B3FF426" wp14:editId="6F863124">
                   <wp:extent cx="99589" cy="99589"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="13" name="Graphic 13" descr="Checkmark with solid fill"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="45" name="Graphic 45" descr="Checkmark with solid fill"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -905,51 +865,51 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="104297" cy="104297"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="560F8702" w14:textId="10833050" w:rsidR="007E5930" w:rsidRPr="00053F1E" w:rsidRDefault="007E5930" w:rsidP="005045F2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F6660">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13E127BC" wp14:editId="3FBE1364">
                   <wp:extent cx="85725" cy="85725"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="10" name="Picture 10" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
@@ -1073,321 +1033,299 @@
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26970043" w14:textId="53801A0C" w:rsidR="004F7B84" w:rsidRPr="00F40989" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4897" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="09F1C384" w14:textId="77777777" w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="09F1C384" w14:textId="77777777" w:rsidR="004F7B84" w:rsidRPr="00A47C60" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE642C5" w14:textId="61C54D0C" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">H </w:t>
+          <w:p w14:paraId="1AE642C5" w14:textId="61C54D0C" w:rsidR="004F7B84" w:rsidRPr="00A47C60" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DH </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="112711866"/>
                 <w:placeholder>
                   <w:docPart w:val="C98C05FF0F9545ED84D9C0D3E561E191"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Pascalle" w:value="Pascalle"/>
                   <w:listItem w:displayText="Ivo" w:value="Ivo"/>
                   <w:listItem w:displayText="Mieneke" w:value="Mieneke"/>
                   <w:listItem w:displayText="Fuus" w:value="Fuus"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="000260E8">
+                <w:r w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
                   </w:rPr>
                   <w:t>naam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C52AA" w14:textId="12E89964" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+          <w:p w14:paraId="0E9C52AA" w14:textId="25C1A8E0" w:rsidR="004F7B84" w:rsidRPr="00A47C60" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="14"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1619334753"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="0"/>
+                  <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004F7B84">
+                <w:r w:rsidR="00A47C60" w:rsidRPr="00A47C60">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="14"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>☒</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
-[...2 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidR="004F7B84" w:rsidRPr="00A47C60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="14"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="424622841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
+                <w:r w:rsidR="004F7B84" w:rsidRPr="00A47C60">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="14"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1E1C0818" w14:textId="3C89922C" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>BVF UU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="346F4D5F" w14:textId="5EADDE6F" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="346F4D5F" w14:textId="5EADDE6F" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-397125307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-536817760"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1583103677"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="6CA0B424" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
@@ -1411,266 +1349,242 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6E7F94B4" w14:textId="77777777" w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2F78B581" w14:textId="2BAA00B9" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Teamcoördinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1552966219"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-754435370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2650D4E6" w14:textId="3463BA5B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>BVF UMCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="06044391" w14:textId="4F3B380B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="06044391" w14:textId="4F3B380B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1507435920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1551917497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1275866708"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="4F27DAFD" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
@@ -1695,234 +1609,214 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="64463E63" w14:textId="77777777" w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="75D44F47" w14:textId="41523C30" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Fokcoördinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF24589" w14:textId="4749E9FB" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="6CF24589" w14:textId="4749E9FB" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1370227491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="676306875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="25628498" w14:textId="071DBD37" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4F857D61" w14:textId="4B2229EC" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002C60C8" w:rsidP="002502AA">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="4F857D61" w14:textId="4B2229EC" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1954151375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="132218508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="37CC9BCC" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
@@ -1946,1409 +1840,1291 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="767EAE09" w14:textId="77777777" w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w:rsidRDefault="004F7B84" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="74E77864" w14:textId="7F9B0B08" w:rsidR="004F7B84" w:rsidRDefault="004F7B84" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6F028E89" w14:textId="48D322A4" w:rsidR="004F7B84" w:rsidRDefault="004F7B84" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="50230180" w14:textId="474A5F06" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Veterinair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69FD5C58" w14:textId="2DE1D12B" w:rsidR="004F7B84" w:rsidRDefault="002C60C8" w:rsidP="00786029">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="69FD5C58" w14:textId="2DE1D12B" w:rsidR="004F7B84" w:rsidRDefault="00000000" w:rsidP="00786029">
+            <w:pPr>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1009367577"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="262186588"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54D77F70" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dotDash" w:sz="4" w:space="1" w:color="94C11A"/>
         </w:pBdr>
         <w:spacing w:line="100" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A40DB1B" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10518" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="2067"/>
         <w:gridCol w:w="187"/>
         <w:gridCol w:w="3093"/>
         <w:gridCol w:w="122"/>
         <w:gridCol w:w="1443"/>
         <w:gridCol w:w="1565"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F71A5" w:rsidRPr="00D663F2" w14:paraId="571F2EEA" w14:textId="77777777" w:rsidTr="00540EAF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="168ED17B" w14:textId="456F5E2B" w:rsidR="001F71A5" w:rsidRDefault="001F71A5" w:rsidP="001F71A5">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F71A5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Betreft het een fok met ongerief</w:t>
             </w:r>
             <w:r w:rsidR="005624F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1242640981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1860896068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00012D30" w14:textId="64BAC018" w:rsidR="005A156E" w:rsidRPr="00D663F2" w:rsidRDefault="003B51FF" w:rsidP="001F71A5">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Genotypering</w:t>
             </w:r>
             <w:r w:rsidR="00D82D13">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.m.v. bloedafna</w:t>
             </w:r>
             <w:r w:rsidR="00770A4E">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>me</w:t>
             </w:r>
             <w:r w:rsidR="00540EAF">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00540EAF">
+              </w:rPr>
+              <w:t>/vinclip</w:t>
+            </w:r>
+            <w:r w:rsidR="001B5664">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="001B5664">
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="00770A4E">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1045358080"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B5664">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B5664">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidR="001B5664" w:rsidRPr="00D663F2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="001B5664">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1228836509"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B5664">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="001B5664" w:rsidRPr="00D663F2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E1887BF" w14:textId="684FEDCE" w:rsidR="00214C30" w:rsidRPr="00D663F2" w:rsidRDefault="001F71A5" w:rsidP="00C959D3">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Zo ja, projectnummer (CCD): </w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>AVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3008" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="482F3C0A" w14:textId="4AA86FB1" w:rsidR="001F71A5" w:rsidRPr="00D663F2" w:rsidRDefault="001F71A5" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">CCD-bijlage </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1387878058"/>
                 <w:placeholder>
                   <w:docPart w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="25" w:value="25"/>
                   <w:listItem w:displayText="n.v.t" w:value="n.v.t"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0014471C" w:rsidRPr="0082494C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F71A5" w:rsidRPr="001F71A5" w14:paraId="7A185A3A" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7267258C" w14:textId="346C59CF" w:rsidR="001F71A5" w:rsidRPr="001F71A5" w:rsidRDefault="008E0460" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D6F09">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Einddatum</w:t>
             </w:r>
             <w:r w:rsidRPr="005D6F09">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D6F09">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CCD vergunning:</w:t>
             </w:r>
             <w:r w:rsidRPr="001F71A5">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073074A" w:rsidRPr="00D663F2" w14:paraId="690F91B8" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30E8ABB2" w14:textId="052058A0" w:rsidR="0073074A" w:rsidRPr="008E0460" w:rsidRDefault="008E0460" w:rsidP="00BA7814">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F71A5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Voorwaarden CCD</w:t>
             </w:r>
             <w:r w:rsidR="00BA7814">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA7814" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15C64D6C" wp14:editId="2F6A7D1D">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15C64D6C" wp14:editId="4D36223B">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="31" name="Picture 31">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="Voor de koepelvergunning voor de fok van transgene muizen (AVD108002022 16539), heeft de CCD geen extra voorwaarden gesteld. Voor andere vergunningen waar sprake is van fok met ongerief kan de CCD voorwaarden stellen, waar je aan moet voldoen."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="31" name="Picture 31">
                             <a:hlinkClick r:id="rId17" tooltip="Voor de koepelvergunning voor de fok van transgene muizen (AVD108002022 16539), heeft de CCD geen extra voorwaarden gesteld. Voor andere vergunningen waar sprake is van fok met ongerief kan de CCD voorwaarden stellen, waar je aan moet voldoen."/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="FEFAF9"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="FEFAF9">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="0022426E" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44F4B63C" wp14:editId="4C9F5A49">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44F4B63C" wp14:editId="06D98BF4">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="845483867" name="Picture 845483867">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="Voor de koepelaanvraag fok bij TN (AVD11500202519012) heeft de CCD een beoordeling achteraf als voorwaarden gesteld."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="845483867" name="Picture 845483867">
                             <a:hlinkClick r:id="rId17" tooltip="Voor de koepelaanvraag fok bij TN (AVD11500202519012) heeft de CCD een beoordeling achteraf als voorwaarden gesteld."/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="FEFDFB"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="FEFDFB">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="001F71A5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="001F71A5">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4402" w:rsidRPr="001F758A" w14:paraId="3E3C7E49" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6257A232" w14:textId="51FC98E6" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Titel van het </w:t>
             </w:r>
             <w:r w:rsidR="00A219EB">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>fok</w:t>
             </w:r>
             <w:r w:rsidR="00A219EB" w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>protocol</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8477" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56F6342D" w14:textId="44CB8220" w:rsidR="00FA4402" w:rsidRPr="000A74FC" w:rsidRDefault="00FA4402" w:rsidP="00BA7EC2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A74FC">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Fok van </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Naam"/>
                 <w:id w:val="991750929"/>
                 <w:placeholder>
                   <w:docPart w:val="A924651F36A2490EBF6735F8608FA069"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C40A82" w:rsidRPr="000A74FC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4402" w:rsidRPr="001F758A" w14:paraId="6F2BAA96" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2349A58F" w14:textId="77777777" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Proefdierlocatie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61139F" w14:textId="2850D8C4" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00FA4402">
+          <w:p w14:paraId="5B61139F" w14:textId="2850D8C4" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:alias w:val="Proefdierlocatie"/>
                 <w:tag w:val="GDL"/>
                 <w:id w:val="2056883466"/>
                 <w:placeholder>
                   <w:docPart w:val="466D3EF5DF904799AB2D68516CA64450"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="GDL" w:value="GDL"/>
                   <w:listItem w:displayText="Stratenum" w:value="Stratenum"/>
                   <w:listItem w:displayText="PSP - Bilthoven" w:value="PSP - Bilthoven"/>
                   <w:listItem w:displayText="Kruyt (Biologie)" w:value="Kruyt (Biologie)"/>
                   <w:listItem w:displayText="Anders, namenlijk:" w:value="Anders, namenlijk:"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00FD19AB" w:rsidRPr="003863B3">
+                <w:r w:rsidR="00FD19AB" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363AAF34" w14:textId="60FBCB9C" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="007A6E2A" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6E2A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Indien in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A6E2A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>GDLbetrokken</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A6E2A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> sectie(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="Dropdown23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04601BB6" w14:textId="1B526C9E" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00FA4402">
+          <w:p w14:paraId="04601BB6" w14:textId="1B526C9E" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="531241188"/>
                 <w:placeholder>
                   <w:docPart w:val="D23B4F3F3DAC4983AB6889DFD368C267"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Geel" w:value="Geel"/>
                   <w:listItem w:displayText="Groot" w:value="Groot"/>
                   <w:listItem w:displayText="Infectie" w:value="Infectie"/>
                   <w:listItem w:displayText="Oranje" w:value="Oranje"/>
                   <w:listItem w:displayText="Paars" w:value="Paars"/>
                   <w:listItem w:displayText="Rood" w:value="Rood"/>
                   <w:listItem w:displayText="Wit" w:value="Wit"/>
                   <w:listItem w:displayText="PSP - D5c" w:value="PSP - D5c"/>
                   <w:listItem w:displayText="n.v.t." w:value="n.v.t."/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00AB15AA" w:rsidRPr="003863B3">
+                <w:r w:rsidR="00AB15AA" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7613C2F8" w14:textId="1BF87DD5" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
+          <w:p w14:paraId="7613C2F8" w14:textId="1BF87DD5" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4402" w:rsidRPr="001F758A" w14:paraId="06D464F9" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793C3E7D" w14:textId="77777777" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Geplande startdatum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1736474F" w14:textId="72F7CFB2" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00FA4402">
+          <w:p w14:paraId="1736474F" w14:textId="72F7CFB2" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-627089944"/>
                 <w:placeholder>
                   <w:docPart w:val="468B48AB197C4D6AADA44F74220B9AFF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0042698F">
+                <w:r w:rsidR="0042698F" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik voor datum</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185A6BF5" w14:textId="77777777" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="00FA4402" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Geplande einddatum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEC49B4" w14:textId="6F732789" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00FA4402">
+          <w:p w14:paraId="5FEC49B4" w14:textId="6F732789" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-483313743"/>
                 <w:placeholder>
                   <w:docPart w:val="A87F8CEFBD9845278BFC1932A06FB808"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0042698F">
+                <w:r w:rsidR="0042698F" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik voor datum</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DEC6036" w14:textId="7AE8BB66" w:rsidR="00634825" w:rsidRPr="00ED26D8" w:rsidRDefault="00D93EAC" w:rsidP="00AB37DF">
       <w:pPr>
         <w:pStyle w:val="Nootje"/>
       </w:pPr>
       <w:r w:rsidRPr="005117FC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Geef </w:t>
       </w:r>
       <w:r w:rsidRPr="005117FC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -3810,1464 +3586,1884 @@
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E78A1E" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BB7CB1" w:rsidRDefault="00634825" w:rsidP="008D247A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB7CB1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Faculteit/Instituut Afdeling/Departement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634825" w:rsidRPr="00FE68A1" w14:paraId="632D781F" w14:textId="77777777" w:rsidTr="005045F2">
+      <w:tr w:rsidR="00634825" w:rsidRPr="00BC1BBB" w14:paraId="632D781F" w14:textId="77777777" w:rsidTr="00BC1BBB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6487299A" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BB7CB1" w:rsidRDefault="00634825" w:rsidP="008D247A">
+          <w:p w14:paraId="6487299A" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="008D247A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00BB7CB1">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Verantwoordelijk uitvoerende (VU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3053D290" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="3053D290" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC19B15" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="1AC19B15" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10673405" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="10673405" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624370EA" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="624370EA" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="504FBDB0" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="504FBDB0" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2CEC5F" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40">
-            <w:r w:rsidRPr="003A1E40">
+          <w:p w14:paraId="1E2CEC5F" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Art. 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C74AD69" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="3C74AD69" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634825" w:rsidRPr="00FE68A1" w14:paraId="380D019D" w14:textId="77777777" w:rsidTr="005045F2">
+      <w:tr w:rsidR="00634825" w:rsidRPr="00BC1BBB" w14:paraId="380D019D" w14:textId="77777777" w:rsidTr="00BC1BBB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62663B70" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BB7CB1" w:rsidRDefault="00634825" w:rsidP="008D247A">
+          <w:p w14:paraId="62663B70" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="008D247A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00BB7CB1">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Vervanger VU (VVU)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07033366" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="07033366" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20D77F43" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="20D77F43" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0639F174" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="0639F174" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F0A6E2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="77F0A6E2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="663F31B2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="663F31B2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:id w:val="717547316"/>
             <w:placeholder>
               <w:docPart w:val="1EB766882D984D4691529005105C69CF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="216274C6" w14:textId="0DB5C542" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40">
-                <w:r w:rsidRPr="003A1E40">
+              <w:p w14:paraId="216274C6" w14:textId="0DB5C542" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5926941D" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="5926941D" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66988" w:rsidRPr="00FE68A1" w14:paraId="58B12E06" w14:textId="77777777" w:rsidTr="005045F2">
+      <w:tr w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w14:paraId="58B12E06" w14:textId="77777777" w:rsidTr="00BC1BBB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659D7A98" w14:textId="1899CD97" w:rsidR="00B66988" w:rsidRPr="00BB7CB1" w:rsidRDefault="00B66988" w:rsidP="008D247A">
+          <w:p w14:paraId="659D7A98" w14:textId="1899CD97" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="008D247A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Cont</w:t>
             </w:r>
-            <w:r w:rsidR="00A904AA">
+            <w:r w:rsidR="00A904AA" w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>act persoon fok</w:t>
             </w:r>
-            <w:r w:rsidR="007D53B7" w:rsidRPr="00FA4B7D">
+            <w:r w:rsidR="007D53B7" w:rsidRPr="00BC1BBB">
               <w:rPr>
                 <w:noProof/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F70DB6B" wp14:editId="799CA08D">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F70DB6B" wp14:editId="52690E30">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1542641674" name="Picture 1542641674">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId22" tooltip="Aanspreekpunt voor deze specifieke fok"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1542641674" name="Picture 1542641674">
                             <a:hlinkClick r:id="rId22" tooltip="Aanspreekpunt voor deze specifieke fok"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="F8F9FB"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="F8F9FB">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6574FC6C" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="6574FC6C" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5404A7F4" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="5404A7F4" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51AC2AFC" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="51AC2AFC" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F9DC3D" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="54F9DC3D" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1082F012" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="1082F012" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:id w:val="1818301756"/>
             <w:placeholder>
               <w:docPart w:val="A1E90F021DCE49A1915437AE92D82A10"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0A40A933" w14:textId="7EFEC086" w:rsidR="00B66988" w:rsidRDefault="0063607B" w:rsidP="003A1E40">
-                <w:r w:rsidRPr="003A1E40">
+              <w:p w14:paraId="0A40A933" w14:textId="7EFEC086" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="0063607B" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA7C804" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="003A1E40" w:rsidRDefault="00B66988" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="6DA7C804" w14:textId="77777777" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="00B66988" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634825" w:rsidRPr="00FE68A1" w14:paraId="7FA570EF" w14:textId="77777777" w:rsidTr="005045F2">
+      <w:tr w:rsidR="00634825" w:rsidRPr="00BC1BBB" w14:paraId="7FA570EF" w14:textId="77777777" w:rsidTr="00BC1BBB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6603BF25" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BB7CB1" w:rsidRDefault="00634825" w:rsidP="008D247A">
+          <w:p w14:paraId="6603BF25" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="008D247A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00BB7CB1">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Proefdiercoördinator Afdeling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38C8E9D9" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="38C8E9D9" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC009E5" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="0EC009E5" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7848446B" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="7848446B" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0775BFD9" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="0775BFD9" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4DAECA" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="4B4DAECA" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3755BE" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="7E3755BE" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE15C7A" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="2BE15C7A" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000063B0" w:rsidRPr="00FE68A1" w14:paraId="0906954A" w14:textId="77777777" w:rsidTr="005045F2">
+      <w:tr w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w14:paraId="0906954A" w14:textId="77777777" w:rsidTr="00BC1BBB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EA7F02" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BB7CB1" w:rsidRDefault="000063B0" w:rsidP="000063B0">
+          <w:p w14:paraId="08EA7F02" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="000063B0">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00BB7CB1">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Overige uitvoerende</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27171EB5" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="27171EB5" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D01DB53" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="3D01DB53" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B47C344" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="0B47C344" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1ABF73" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="5B1ABF73" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2F7E03" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="003A1E40" w:rsidRDefault="000063B0" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="2C2F7E03" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:id w:val="716327136"/>
             <w:placeholder>
               <w:docPart w:val="A241CCA5822D4564B4B28A53F38EEE3B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
-[...521 lines deleted...]
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1BA950AC" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40">
-                <w:r w:rsidRPr="003A1E40">
+              <w:p w14:paraId="35020DC3" w14:textId="680BDD04" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4988A4A2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="003A1E40" w:rsidRDefault="00634825" w:rsidP="003A1E40"/>
+          <w:p w14:paraId="2AD6AF0F" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w14:paraId="24C42EDC" w14:textId="77777777" w:rsidTr="00BC1BBB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C99EC42" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="000063B0">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Overige uitvoerende</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1809788B" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E623ACC" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597676D4" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B9913D" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A058C0D" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:id w:val="932404935"/>
+            <w:placeholder>
+              <w:docPart w:val="A3E6FBBF1C37480EBDE03F4149A46CBC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:comboBox>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
+              <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
+              <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
+              <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
+              <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
+            </w:comboBox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+                <w:tcMar>
+                  <w:left w:w="28" w:type="dxa"/>
+                  <w:right w:w="28" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="21DAC616" w14:textId="208E8A70" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EDFB07" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w14:paraId="6376F10E" w14:textId="77777777" w:rsidTr="00BC1BBB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1546764E" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="000063B0">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Overige uitvoerende</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3553A5" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D6BB74" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E23B2A" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790494EB" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD1F355" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:id w:val="1230804657"/>
+            <w:placeholder>
+              <w:docPart w:val="651C787EAF1842739CF63A896597AA50"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:comboBox>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
+              <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
+              <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
+              <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
+              <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
+            </w:comboBox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+                <w:tcMar>
+                  <w:left w:w="28" w:type="dxa"/>
+                  <w:right w:w="28" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7470D65F" w14:textId="330BF3F5" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCFA31" w14:textId="77777777" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634825" w:rsidRPr="00BC1BBB" w14:paraId="1A20C600" w14:textId="77777777" w:rsidTr="00BC1BBB">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650A9C52" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="008D247A">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1BBB">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Overige uitvoerende</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="631BE7C1" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4096BB84" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A4A013" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539DF309" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D817D1A" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:id w:val="-328143408"/>
+            <w:placeholder>
+              <w:docPart w:val="BD1AB86684924702AAC24969AA36D520"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:comboBox>
+              <w:listItem w:value="Kies een item."/>
+              <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
+              <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
+              <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
+              <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
+              <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
+            </w:comboBox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+                <w:tcMar>
+                  <w:left w:w="28" w:type="dxa"/>
+                  <w:right w:w="28" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1BA950AC" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+                <w:pPr>
+                  <w:rPr>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00BC1BBB">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Kies een item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
+            <w:tcMar>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4988A4A2" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58883F2C" w14:textId="70DDB08B" w:rsidR="00634825" w:rsidRDefault="00634825" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1982"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1988"/>
       </w:tblGrid>
       <w:tr w:rsidR="00654E92" w:rsidRPr="004F43DE" w14:paraId="583D7045" w14:textId="77777777" w:rsidTr="00A33464">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="624"/>
@@ -5276,361 +5472,416 @@
           <w:tcPr>
             <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="109ECA2E" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="009D0BBF" w:rsidRDefault="00654E92" w:rsidP="009D0BBF">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:keepLines w:val="0"/>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D0BBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Contactpersoon Proefdierlocatie</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36BF020E" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="009D0BBF" w:rsidRDefault="00654E92" w:rsidP="009D0BBF">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D0BBF">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(Wordt door locatie ingevuld)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58BEA787" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00A33EF5" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="58BEA787" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="252DDB15" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="252DDB15" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3A83D3" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="6B3A83D3" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE035A1" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="3EE035A1" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A76449E" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+          <w:p w14:paraId="3A76449E" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66334726" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="66334726" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654E92" w:rsidRPr="004F43DE" w14:paraId="08FDC5D6" w14:textId="77777777" w:rsidTr="005045F2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4808DD62" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="009D0BBF" w:rsidRDefault="00654E92" w:rsidP="009D0BBF">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:keepLines w:val="0"/>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D0BBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Contactpersoon Proefdierafdeling</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1721DC09" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="009D0BBF" w:rsidRDefault="00654E92" w:rsidP="009D0BBF">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D0BBF">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(Wordt door locatie ingevuld)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0902FA2C" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="0902FA2C" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5244269A" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="5244269A" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B89B9C4" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="1B89B9C4" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA84330" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="0DA84330" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2637A5" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+          <w:p w14:paraId="0B2637A5" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5431790D" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="004F43DE" w:rsidRDefault="00654E92" w:rsidP="005045F2"/>
+          <w:p w14:paraId="5431790D" w14:textId="77777777" w:rsidR="00654E92" w:rsidRPr="00BC1BBB" w:rsidRDefault="00654E92" w:rsidP="005045F2">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6ADC3EB6" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5521"/>
         <w:gridCol w:w="184"/>
         <w:gridCol w:w="1595"/>
         <w:gridCol w:w="1595"/>
         <w:gridCol w:w="1595"/>
       </w:tblGrid>
       <w:tr w:rsidR="00640947" w:rsidRPr="00B859F9" w14:paraId="4AAFB48E" w14:textId="77777777" w:rsidTr="005045F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5521" w:type="dxa"/>
             <w:tcBorders>
@@ -5723,450 +5974,497 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D3CA5C0" w14:textId="77777777" w:rsidR="00640947" w:rsidRPr="00B859F9" w:rsidRDefault="00640947" w:rsidP="00640947">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r>
               <w:t>Gezien en a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B859F9">
               <w:t xml:space="preserve">kkoord </w:t>
             </w:r>
             <w:r>
               <w:t>Verantwoordelijk Onderzoeker</w:t>
             </w:r>
             <w:r w:rsidRPr="00B859F9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>project:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7977" w:rsidRPr="00E34490" w14:paraId="1E34640A" w14:textId="77777777" w:rsidTr="00161BE0">
+      <w:tr w:rsidR="00DE7977" w:rsidRPr="00B505D8" w14:paraId="1E34640A" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1121"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:alias w:val="Postadres"/>
             <w:tag w:val="Postadres"/>
             <w:id w:val="-2112433502"/>
             <w:placeholder>
               <w:docPart w:val="FFD531BDFBAE4C8C86E20AC91B47E3C0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5521" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
-              <w:p w14:paraId="51AE8486" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B90CE5" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
-                <w:r w:rsidRPr="003549DD">
+              <w:p w14:paraId="51AE8486" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F1EF9D3" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B90CE5" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+          <w:p w14:paraId="2F1EF9D3" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="577F6F3C" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="005117FC" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+          <w:p w14:paraId="577F6F3C" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">VO </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>akkoord</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="Calibri"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="924850350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:alias w:val="Naam"/>
               <w:tag w:val="Naam"/>
               <w:id w:val="-1145812764"/>
               <w:placeholder>
                 <w:docPart w:val="BFE37A42BCDC4C7CA24FA195AB356828"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="4EDB435D" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="005117FC" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+              <w:p w14:paraId="4EDB435D" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:cs="Calibri"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times" w:cs="Calibri"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Naam</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="50659294"/>
               <w:placeholder>
                 <w:docPart w:val="58BA8486823A425897D4ED302F7C2B10"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="21713342" w14:textId="4CB41635" w:rsidR="00DE7977" w:rsidRPr="00E34490" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+              <w:p w14:paraId="21713342" w14:textId="4CB41635" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:cs="Calibri"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
-          <w:p w14:paraId="27B9C9A9" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="005117FC" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+          <w:p w14:paraId="27B9C9A9" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">VU </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>akkoord</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="Calibri"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="45803141"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-323976634"/>
               <w:placeholder>
                 <w:docPart w:val="6637AB4EBEEC4295B111131F664CE48F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="0EC82905" w14:textId="1D7A13AA" w:rsidR="00DE7977" w:rsidRPr="00E34490" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+              <w:p w14:paraId="0EC82905" w14:textId="1D7A13AA" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:cs="Calibri"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
-          <w:p w14:paraId="18F8C14B" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="005117FC" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+          <w:p w14:paraId="18F8C14B" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">VVU </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>akkoord</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005117FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+            <w:r w:rsidRPr="00B505D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="Calibri"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-459256954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-1261982547"/>
               <w:placeholder>
                 <w:docPart w:val="F8F6328A54554DE39285552A6E7750B7"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="5413FF42" w14:textId="1A1C0F13" w:rsidR="00DE7977" w:rsidRPr="00E34490" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
+              <w:p w14:paraId="5413FF42" w14:textId="1A1C0F13" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="005117FC">
+                <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:cs="Calibri"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="351C616F" w14:textId="77777777" w:rsidR="00DA678F" w:rsidRDefault="00DA678F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="49600D" w:themeColor="accent1" w:themeShade="80"/>
           <w:kern w:val="28"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -6194,96 +6492,123 @@
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="00023A22">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fok</w:t>
       </w:r>
       <w:r w:rsidR="007D1585">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D1585" w:rsidRPr="007D1585">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Per type fok vul je een Bijlage in:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D6B1A1" w14:textId="66BDFBD9" w:rsidR="007D1585" w:rsidRPr="00A26D55" w:rsidRDefault="002C60C8" w:rsidP="00A26D55">
+    <w:p w14:paraId="29D6B1A1" w14:textId="66BDFBD9" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="00000000" w:rsidP="00A26D55">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00BD2523" w:rsidRPr="00AB455D">
+        <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Bijlage 1</w:t>
         </w:r>
-        <w:r w:rsidR="007D1585" w:rsidRPr="00AB455D">
+        <w:r w:rsidR="007D1585" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
-        <w:r w:rsidR="00BD2523" w:rsidRPr="00AB455D">
+        <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> Tabel- instandhoudingsfok</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BD2523" w:rsidRPr="00A26D55">
+      <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007837FA">
+      <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(pagina 5</w:t>
       </w:r>
-      <w:r w:rsidR="00616C61">
+      <w:r w:rsidR="00616C61" w:rsidRPr="00B505D8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of als losse bijlage</w:t>
       </w:r>
-      <w:r w:rsidR="007837FA">
+      <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751F8883" w14:textId="698161BE" w:rsidR="007D1585" w:rsidRPr="002D7710" w:rsidRDefault="002C60C8" w:rsidP="00A26D55">
+    <w:p w14:paraId="751F8883" w14:textId="698161BE" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="00000000" w:rsidP="00A26D55">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00BD2523" w:rsidRPr="003C0E26">
+        <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Bijlage 2, Tabel- productiefok</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007837FA">
+      <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (losse bijlage)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AF2EF8" w14:textId="10A687F7" w:rsidR="00C50D62" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidR="002327A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t>Motiveer de reden van fok</w:t>
       </w:r>
       <w:r w:rsidR="00E85544">
         <w:t xml:space="preserve"> in huis</w:t>
       </w:r>
       <w:r w:rsidR="00000FDA">
         <w:t xml:space="preserve">. Vermeld daarbij de </w:t>
@@ -6382,103 +6707,109 @@
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C50D62" w:rsidRPr="001F758A" w14:paraId="5A922517" w14:textId="77777777" w:rsidTr="00504730">
         <w:trPr>
           <w:trHeight w:val="604"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43A98CFA" w14:textId="07E843B2" w:rsidR="00C50D62" w:rsidRPr="00A26D55" w:rsidRDefault="00C50D62" w:rsidP="00A26D55"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33A5CE21" w14:textId="14EB54EA" w:rsidR="00C50D62" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
+    <w:p w14:paraId="33A5CE21" w14:textId="4AED4F99" w:rsidR="00C50D62" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidR="002327A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t xml:space="preserve">Geef een korte omschrijving van de </w:t>
       </w:r>
       <w:r w:rsidR="003A7C8F">
         <w:t>fok</w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t>strategie</w:t>
       </w:r>
       <w:r w:rsidR="009945E7">
         <w:t xml:space="preserve"> tot de gewenste/beoogde inkruising is behaald</w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
+      <w:r w:rsidR="00225B95">
+        <w:rPr>
+          <w:color w:val="009EE3" w:themeColor="background2"/>
+        </w:rPr>
+        <w:t>lekentaal</w:t>
+      </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="001F758A">
         <w:rPr>
           <w:color w:val="009EE3" w:themeColor="background2"/>
         </w:rPr>
-        <w:t xml:space="preserve">eenvoudig </w:t>
-[...2 lines deleted...]
-        <w:t>Nederlands</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB7550">
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CD0D9E">
         <w:t xml:space="preserve">vul </w:t>
       </w:r>
       <w:r w:rsidR="00BB7550">
         <w:t>Bijlage 1</w:t>
       </w:r>
       <w:r w:rsidR="00CD0D9E">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
-      <w:r w:rsidR="003D3217">
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidR="00FE303B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB7550">
+      <w:r w:rsidR="00CB2C8B" w:rsidRPr="00CB2C8B">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE303B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00137554">
         <w:t xml:space="preserve">Tabel </w:t>
       </w:r>
       <w:r w:rsidR="00BB7550">
         <w:t>instandhoudingsfok)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10493" w:type="dxa"/>
         <w:tblInd w:w="-3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
@@ -6570,51 +6901,50 @@
       <w:r w:rsidR="000A43FD" w:rsidRPr="001F758A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000A43FD" w:rsidRPr="001F758A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A43FD" w:rsidRPr="0082494C">
         <w:t>Stamgegevens</w:t>
       </w:r>
       <w:r w:rsidR="00AB5804">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1304688727"/>
           <w:placeholder>
             <w:docPart w:val="83BD257A894F438C86BD91A44A732F34"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Muis" w:value="Muis"/>
             <w:listItem w:displayText="Rat" w:value="Rat"/>
             <w:listItem w:displayText="Zebravis" w:value="Zebravis"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00ED15C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Kies diersoort</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2DC45F96" w14:textId="5B59FBAE" w:rsidR="00D85ABD" w:rsidRPr="001F758A" w:rsidRDefault="00F80D28" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F867FC" w:rsidRPr="001F758A">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D85ABD" w:rsidRPr="001F758A">
         <w:t>.</w:t>
       </w:r>
@@ -6685,211 +7015,207 @@
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Genetisch gewijzigd:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7B37FD68" w14:textId="2D9E525C" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="7B37FD68" w14:textId="2D9E525C" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-359202143"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008909BD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidR="0073787F" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1586651689"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E018175" w14:textId="3B500535" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="2E018175" w14:textId="3B500535" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1809505613"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidR="0073787F" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1033776376"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -6925,201 +7251,197 @@
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF3ED36" w14:textId="345B119A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="4DF3ED36" w14:textId="345B119A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="785158339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Genetisch gemodificeerd</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E021B0" w14:textId="609948DD" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="21E021B0" w14:textId="609948DD" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1517144132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Spontane mutatie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE2FEC3" w14:textId="77777777" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="4BE2FEC3" w14:textId="77777777" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-416632755"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Genetisch gemodificeerd</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76045DD7" w14:textId="5E545A1A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="76045DD7" w14:textId="5E545A1A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-496415126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Spontane mutatie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA0850" w:rsidRPr="001F758A" w14:paraId="1A0EA967" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7144,400 +7466,422 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Indien g</w:t>
             </w:r>
             <w:r w:rsidR="00CA0850" w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>enetische modificatie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD4540F" w14:textId="301F59B0" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="3DD4540F" w14:textId="301F59B0" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1434940056"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1381819278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO </w:t>
             </w:r>
             <w:r w:rsidR="00BB37E0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="515888283"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A9A17D" w14:textId="6F364DFB" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="15A9A17D" w14:textId="6F364DFB" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="372666478"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> anders, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="214C6804" w14:textId="56485630" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="214C6804" w14:textId="56485630" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-719052195"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1692603176"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO</w:t>
             </w:r>
             <w:r w:rsidR="00CE5F64">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BB37E0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1139641386"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBDD7D9" w14:textId="0B3F1EAC" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002C60C8" w:rsidP="00CA0850">
+          <w:p w14:paraId="7CBDD7D9" w14:textId="0B3F1EAC" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1910846779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> anders, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85544" w:rsidRPr="00E37E4E" w14:paraId="14CE85A0" w14:textId="77777777" w:rsidTr="00623855">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1699245E" w14:textId="071BD02A" w:rsidR="00E85544" w:rsidRDefault="00E85544" w:rsidP="00CA0850">
+          <w:p w14:paraId="1699245E" w14:textId="7F6282C2" w:rsidR="00E85544" w:rsidRDefault="00E85544" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Wijze van modificatie:</w:t>
             </w:r>
             <w:r w:rsidR="0007586D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00534853">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidR="0007586D" w:rsidRPr="00E37E4E">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>(bv. CRISPR-Cas</w:t>
+              <w:t>(b</w:t>
+            </w:r>
+            <w:r w:rsidR="00534853">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ij</w:t>
+            </w:r>
+            <w:r w:rsidR="0007586D" w:rsidRPr="00E37E4E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidR="00534853">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>oorbeeld</w:t>
+            </w:r>
+            <w:r w:rsidR="0007586D" w:rsidRPr="00E37E4E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CRISPR-Cas</w:t>
             </w:r>
             <w:r w:rsidR="00E37E4E" w:rsidRPr="00E37E4E">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> of ENU</w:t>
             </w:r>
             <w:r w:rsidR="0007586D" w:rsidRPr="00E37E4E">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -7709,234 +8053,211 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="1CAD8489" w14:textId="435822BA" w:rsidR="00B767B8" w:rsidRPr="001F758A" w:rsidRDefault="00B767B8" w:rsidP="004650D9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00104F73" w:rsidRPr="00A55370" w14:paraId="58386C26" w14:textId="77777777" w:rsidTr="00DC090F">
         <w:trPr>
           <w:trHeight w:val="616"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7691A69A" w14:textId="26816DC6" w:rsidR="00104F73" w:rsidRPr="00517C9A" w:rsidRDefault="00104F73" w:rsidP="004018EF">
+          <w:p w14:paraId="00BDBF81" w14:textId="70E850D7" w:rsidR="00104F73" w:rsidRPr="00534853" w:rsidRDefault="00104F73" w:rsidP="00534853">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00517C9A">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00534853">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>KG/IG vergunning:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A686799" w14:textId="510D1FC5" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="002C60C8" w:rsidP="00517C9A">
+          <w:p w14:paraId="0A686799" w14:textId="510D1FC5" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="00000000" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="525538313"/>
                 <w:placeholder>
                   <w:docPart w:val="4CE976BB3000442AB38D021DB0A8CD68"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00104F73" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="625B00BE" w14:textId="306221C4" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="002C60C8" w:rsidP="00517C9A">
+          <w:p w14:paraId="625B00BE" w14:textId="306221C4" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="00000000" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-466128800"/>
                 <w:placeholder>
                   <w:docPart w:val="A787C583CBDF4F2DBE0A60397CF84227"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00104F73" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F322C4" w:rsidRPr="00A55370" w14:paraId="0A95BA76" w14:textId="77777777" w:rsidTr="00DC090F">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="410FEE75" w14:textId="70BEC46C" w:rsidR="00F322C4" w:rsidRPr="00A159E7" w:rsidRDefault="00A159E7" w:rsidP="00A159E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inschalingsartikel</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F1335FB" wp14:editId="188D10AF">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F1335FB" wp14:editId="50CA5CC8">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="34" name="Picture 34">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="Volgens bijlage 5 uit de regeling GGO 2013."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34" name="Picture 34">
                             <a:hlinkClick r:id="rId25" tooltip="Volgens bijlage 5 uit de regeling GGO 2013."/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -7965,160 +8286,144 @@
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3BC790" w14:textId="2EED8EDA" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="002C60C8" w:rsidP="00517C9A">
+          <w:p w14:paraId="1B3BC790" w14:textId="2EED8EDA" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="00000000" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1608321185"/>
                 <w:placeholder>
                   <w:docPart w:val="86E717CA6D434371848940B26500FF17"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)" w:value="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)"/>
                   <w:listItem w:displayText="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)" w:value="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)"/>
                   <w:listItem w:displayText="5.6.2.b (vervaardigd met gg retrovirus/AdV)" w:value="5.6.2.b (vervaardigd met gg retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="000470D3" w:rsidRPr="00A159E7">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="5F63969C" w14:textId="1A12C499" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="002C60C8" w:rsidP="00517C9A">
+          <w:p w14:paraId="5F63969C" w14:textId="1A12C499" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="00000000" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1633438962"/>
                 <w:placeholder>
                   <w:docPart w:val="4F3A6E8414A94D7A838A8AB247AE58E0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)" w:value="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)"/>
                   <w:listItem w:displayText="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)" w:value="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)"/>
                   <w:listItem w:displayText="5.6.2.b (vervaardigd met gg retrovirus/AdV)" w:value="5.6.2.b (vervaardigd met gg retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="000470D3" w:rsidRPr="00A159E7">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B767B8" w:rsidRPr="001F758A" w14:paraId="5078F743" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -8139,137 +8444,125 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1250803122"/>
             <w:placeholder>
               <w:docPart w:val="8ABDCA49C8874B8680E9E1718EB9F4FA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3394" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="34F3CF6E" w14:textId="1BFB445E" w:rsidR="00B767B8" w:rsidRPr="001F758A" w:rsidRDefault="00F45E2C" w:rsidP="004650D9">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1033799550"/>
             <w:placeholder>
               <w:docPart w:val="9068D65C57DF462FBA3ADFFB8573E54E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4042" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="0869734D" w14:textId="4BF2D066" w:rsidR="00B767B8" w:rsidRPr="001F758A" w:rsidRDefault="00F45E2C" w:rsidP="004650D9">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B767B8" w:rsidRPr="001F758A" w14:paraId="053724A5" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -8356,51 +8649,51 @@
             <w:r w:rsidRPr="00104F73">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nomenclatuur</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B80E0A3" wp14:editId="74FFE8A6">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B80E0A3" wp14:editId="6405E260">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="77924351" name="Picture 77924351">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId27" tooltip="Muis"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="77924351" name="Picture 77924351">
                             <a:hlinkClick r:id="rId27" tooltip="Muis"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8414,51 +8707,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E78C894" wp14:editId="28F909F6">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E78C894" wp14:editId="573D417B">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1152259711" name="Picture 1152259711">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId28" tooltip="Rat"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1152259711" name="Picture 1152259711">
                             <a:hlinkClick r:id="rId28" tooltip="Rat"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8472,51 +8765,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00C4754C" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644EDA77" wp14:editId="2FECC2C7">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644EDA77" wp14:editId="5AE9D27F">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710119860" name="Picture 710119860">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId29" tooltip="Zebravis"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="710119860" name="Picture 710119860">
                             <a:hlinkClick r:id="rId29" tooltip="Zebravis"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8690,67 +8983,64 @@
             </w:r>
             <w:r w:rsidR="006A196A" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>stamnaam</w:t>
             </w:r>
             <w:r w:rsidR="00764A5B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44E32F26" w14:textId="08DFD6FA" w:rsidR="00977C4D" w:rsidRPr="003A5A33" w:rsidRDefault="00977C4D" w:rsidP="00764A5B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00EB1FB2">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(door</w:t>
             </w:r>
             <w:r w:rsidR="006A196A" w:rsidRPr="00EB1FB2">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> proefdierlocatie</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1FB2">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in te vullen):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5"/>
           </w:tcPr>
           <w:p w14:paraId="5A94A10A" w14:textId="7D21CE22" w:rsidR="00977C4D" w:rsidRPr="001F758A" w:rsidRDefault="00977C4D" w:rsidP="00977C4D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8825,90 +9115,95 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ndien het een inkruising van 2 GG lijnen betreft</w:t>
             </w:r>
             <w:r w:rsidR="00E6665F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26B7D04D" w14:textId="77CF826C" w:rsidR="00F73641" w:rsidRPr="00A05037" w:rsidRDefault="00E6665F" w:rsidP="00977C4D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(door proefdierlocatie</w:t>
             </w:r>
             <w:r w:rsidR="00FC53D2" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0049761C" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>in te vullen)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007E0847" w:rsidRPr="00AA44C3">
+              <w:t>in te vullen</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0049761C" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B91733">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="007E0847" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91733">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7436" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5"/>
           </w:tcPr>
           <w:p w14:paraId="59F5E2C1" w14:textId="3C79756C" w:rsidR="001B3B8D" w:rsidRPr="001B3B8D" w:rsidRDefault="001B3B8D" w:rsidP="00B12D35"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2072E67B" w14:textId="77777777" w:rsidR="00D00EA1" w:rsidRDefault="00D00EA1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10552" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8952,97 +9247,95 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Zijn nakomelingen e</w:t>
             </w:r>
             <w:r w:rsidRPr="009F586E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">lders </w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>verkrijgbaar?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="43F9777A" w14:textId="57598CB6" w:rsidR="00F01905" w:rsidRPr="00E95B90" w:rsidRDefault="002C60C8" w:rsidP="00D127D6">
+          <w:p w14:paraId="43F9777A" w14:textId="57598CB6" w:rsidR="00F01905" w:rsidRPr="00E95B90" w:rsidRDefault="00000000" w:rsidP="00D127D6">
             <w:pPr>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2479"/>
                 <w:tab w:val="left" w:pos="2862"/>
               </w:tabs>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="127830545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01905">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01905">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
             <w:r w:rsidR="00F01905" w:rsidRPr="009F586E">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="247940140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01905">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01905" w:rsidRPr="009F586E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F01905">
               <w:t xml:space="preserve">Ja; </w:t>
             </w:r>
             <w:r w:rsidR="00F01905">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zo ja, waar?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9107,127 +9400,117 @@
       <w:tr w:rsidR="009273EB" w:rsidRPr="002761E5" w14:paraId="2DF17051" w14:textId="08A8B7E4" w:rsidTr="009273EB">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="70CF57F4" w14:textId="0A80F365" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D57F7D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Is een back-up beschikbaar?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D6AEA86" w14:textId="56F71BAD" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="002C60C8" w:rsidP="00F01905">
+          <w:p w14:paraId="0D6AEA86" w14:textId="56F71BAD" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="00000000" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2056996821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
             <w:r w:rsidR="009273EB" w:rsidRPr="00D57F7D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009273EB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="720633013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="00D57F7D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009273EB">
               <w:t>Ja, in welke form?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76600B68" w14:textId="32812738" w:rsidR="009273EB" w:rsidRPr="00517C9A" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00D57F7D">
-              <w:t xml:space="preserve">(Back-up is bij start </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> verplicht</w:t>
+              <w:t>(Back-up is bij start foklijn verplicht</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D57F7D">
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FCA5554" wp14:editId="2B4FAAE1">
                   <wp:extent cx="81280" cy="81280"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Picture 2">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="Zie fokbeleid H4.7 back-up van unieke lijnen."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -9259,457 +9542,461 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="81280" cy="81280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="26542237" w14:textId="31CF1076" w:rsidR="009273EB" w:rsidRDefault="002C60C8" w:rsidP="00F01905">
+          <w:p w14:paraId="25347597" w14:textId="1D2ACAB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="006C3B01">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1548059827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB" w:rsidRPr="00D57F7D">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cryopreservatie van sperma</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6927168F" w14:textId="77777777" w:rsidR="009273EB" w:rsidRDefault="002C60C8" w:rsidP="00F01905">
+          <w:p w14:paraId="6927168F" w14:textId="77777777" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1872332709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="518596347"/>
                 <w:placeholder>
                   <w:docPart w:val="652EDB8C12FA4B0DB3A029C569C8A293"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB" w:rsidRPr="004236C1">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB" w:rsidRPr="004236C1">
-              <w:rPr>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F68AE3F" w14:textId="0AD8BCB3" w:rsidR="009273EB" w:rsidRPr="00C850C5" w:rsidRDefault="002C60C8" w:rsidP="009273EB">
+          <w:p w14:paraId="3F68AE3F" w14:textId="0AD8BCB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="009273EB">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1374341388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eigen beheer - Hoeveel? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="984438026"/>
                 <w:placeholder>
                   <w:docPart w:val="3A8FFF6158B744A48775EFABBCC6CEFB"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:id w:val="2009556571"/>
                     <w:placeholder>
                       <w:docPart w:val="514C260CB25346769B92093651D8CE18"/>
                     </w:placeholder>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="004236C1" w:rsidRPr="004236C1">
+                    <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
-                        <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="18"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Vul in</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009273EB" w:rsidRPr="002761E5" w14:paraId="3DEBD9CB" w14:textId="77777777" w:rsidTr="00F01905">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="765C5587" w14:textId="77777777" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4A05EB" w14:textId="681DA610" w:rsidR="009273EB" w:rsidRDefault="002C60C8" w:rsidP="00F01905">
+          <w:p w14:paraId="4F4A05EB" w14:textId="681DA610" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-370763554"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0096453E">
+                <w:r w:rsidR="0096453E" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0096453E" w:rsidRPr="00D57F7D">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0096453E" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cryopreservatie van embryo’s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="13C910BE" w14:textId="27C50F0E" w:rsidR="009273EB" w:rsidRDefault="002C60C8" w:rsidP="009273EB">
+          <w:p w14:paraId="13C910BE" w14:textId="27C50F0E" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="009273EB">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="2113466902"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1477438859"/>
                 <w:placeholder>
                   <w:docPart w:val="04E2342AD96646C484359A0D25835D25"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004236C1" w:rsidRPr="004236C1">
+                <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="65D1D52C" w14:textId="16CD5A4C" w:rsidR="009273EB" w:rsidRDefault="002C60C8" w:rsidP="00F01905">
+          <w:p w14:paraId="65D1D52C" w14:textId="16CD5A4C" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1278708789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009273EB">
+                <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="009273EB">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eigen beheer - Hoeveel? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2085981500"/>
                 <w:placeholder>
                   <w:docPart w:val="AD1D1E61EB464F7FB22C111A3790E7CD"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004236C1" w:rsidRPr="004236C1">
+                <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01905" w:rsidRPr="00D57F7D" w14:paraId="6D1CE231" w14:textId="77777777" w:rsidTr="00F01905">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="79829BA1" w14:textId="77777777" w:rsidR="00F01905" w:rsidRPr="00E04448" w:rsidRDefault="00F01905" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00E04448">
               <w:t>Indien nee, geef aan hoe en op welke termijn in een back-up wordt voorzien:</w:t>
             </w:r>
@@ -9722,108 +10009,104 @@
             <w:r w:rsidRPr="006A196A">
               <w:t>(een termijn tot maximaal 6 maanden)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7428" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="261ACC50" w14:textId="0077C998" w:rsidR="00F01905" w:rsidRPr="00E04448" w:rsidRDefault="00F01905" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29E56F06" w14:textId="3B18EB3A" w:rsidR="008F1AD6" w:rsidRPr="00DF6B8B" w:rsidRDefault="008F1AD6" w:rsidP="00DF6B8B">
       <w:pPr>
         <w:pStyle w:val="Tussenregeltje"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56935F28" w14:textId="77777777" w:rsidR="005B6205" w:rsidRDefault="005B6205">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="533A4FCB" w14:textId="77777777" w:rsidR="007B4559" w:rsidRPr="007B4559" w:rsidRDefault="004A222A" w:rsidP="007B4559">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading6Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4559">
+        <w:rPr>
+          <w:rStyle w:val="Heading6Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64261" w:rsidRPr="007B4559">
+        <w:rPr>
+          <w:rStyle w:val="Heading6Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Genetische stabiliteit</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65467866" w14:textId="77777777" w:rsidR="005B6205" w:rsidRDefault="005B6205">
-[...6 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="31A2EEE4" w14:textId="7F13EF97" w:rsidR="00624968" w:rsidRPr="00B80966" w:rsidRDefault="00830348" w:rsidP="007B4559">
+      <w:pPr>
+        <w:spacing w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80966">
-[...19 lines deleted...]
-      <w:r w:rsidR="00830348" w:rsidRPr="00830348">
+      <w:r w:rsidRPr="00830348">
         <w:t xml:space="preserve">Genetische </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00830348" w:rsidRPr="00830348">
+      <w:r w:rsidRPr="00830348">
         <w:t>stabilitiet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00830348" w:rsidRPr="00830348">
+      <w:r w:rsidRPr="00830348">
         <w:t xml:space="preserve"> is van belang om de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00830348" w:rsidRPr="00830348">
+      <w:r w:rsidRPr="00830348">
         <w:t>continuitieit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00830348" w:rsidRPr="00830348">
+      <w:r w:rsidRPr="00830348">
         <w:t xml:space="preserve"> en reproduceerbaarheid van het onderzoek te waarborgen. Elke nieuwe generatie brengt kleine mutaties met zich mee.</w:t>
       </w:r>
-      <w:r w:rsidR="00830348">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B14E2A">
         <w:t>Naast het in acht nemen van</w:t>
       </w:r>
       <w:r w:rsidR="00F64261">
         <w:t xml:space="preserve"> de in </w:t>
       </w:r>
       <w:r w:rsidR="00745E37">
         <w:t xml:space="preserve">hoofdstuk 5 van </w:t>
       </w:r>
       <w:r w:rsidR="00F64261">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00F64261" w:rsidRPr="00B519B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>toepassingsregeling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F64261">
         <w:t xml:space="preserve"> beschreven voorzorgsmaatregelen om genetische drift te voorkomen</w:t>
       </w:r>
@@ -9874,263 +10157,305 @@
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="568F48A7" w14:textId="64FDD59D" w:rsidR="00624968" w:rsidRPr="00B519B5" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B519B5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vanaf welke generatie wordt de lijn ververst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E3232E" w14:textId="2059ADC1" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="002C60C8" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="51E3232E" w14:textId="2059ADC1" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="314852356"/>
                 <w:placeholder>
                   <w:docPart w:val="ACDA3983F07B4C598BB62B36C7AE324C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="F7" w:value="F7"/>
                   <w:listItem w:displayText="F8" w:value="F8"/>
                   <w:listItem w:displayText="F9" w:value="F9"/>
                   <w:listItem w:displayText="F10" w:value="F10"/>
                   <w:listItem w:displayText="Anders" w:value="Anders"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0046383D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="0C060E32" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B477604" w14:textId="64F228E4" w:rsidR="00624968" w:rsidRPr="00DD73CD" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD73CD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Wat is de methode voor het verversen van de stam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F877E52" w14:textId="1BD8CCE7" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="002C60C8" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="7F877E52" w14:textId="1BD8CCE7" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1038945008"/>
                 <w:placeholder>
                   <w:docPart w:val="9216F24BABA247E7A1D02CF251E7F930"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Opnieuw aankopen (Levend)" w:value="Opnieuw aankopen (Levend)"/>
                   <w:listItem w:displayText="Opnieuw aankopen (Cryo)" w:value="Opnieuw aankopen (Cryo)"/>
                   <w:listItem w:displayText="Backcross" w:value="Backcross"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0046383D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="0442E097" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F5B581F" w14:textId="2CD243F2" w:rsidR="00624968" w:rsidRPr="00DD73CD" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="5F5B581F" w14:textId="012B7BC9" w:rsidR="00624968" w:rsidRPr="00DD73CD" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD73CD">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Indien backcross</w:t>
+              <w:t>Indien back</w:t>
+            </w:r>
+            <w:r w:rsidR="002B644C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD73CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>cross</w:t>
             </w:r>
             <w:r w:rsidR="00DD73CD">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00064B3D" w:rsidRPr="00DD73CD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Motiveer waarom je in huis wilt terugkruisen:</w:t>
+              <w:t xml:space="preserve">Motiveer waarom je </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5666">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00D173F2">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>n-</w:t>
+            </w:r>
+            <w:r w:rsidR="00064B3D" w:rsidRPr="00DD73CD">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>huis wilt terugkruisen:</w:t>
             </w:r>
             <w:r w:rsidR="00064B3D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="4E5093CC" w14:textId="746DE331" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="53FB693E" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C65DCC5" w14:textId="07B96197" w:rsidR="00624968" w:rsidRDefault="00B519B5" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="0C65DCC5" w14:textId="44FFF4A4" w:rsidR="00624968" w:rsidRDefault="00B519B5" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Indien stam afwijkt van genoemde </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>achterstam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DD73CD">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>: Met welke stam?</w:t>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5666">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD73CD">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>et welke stam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="3AD33740" w14:textId="77777777" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3234D13B" w14:textId="77777777" w:rsidR="005A5ABA" w:rsidRDefault="005A5ABA" w:rsidP="00F001F3">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="57002EE5" w14:textId="19AC558D" w:rsidR="009C7BA8" w:rsidRDefault="00B52BEF" w:rsidP="00F001F3">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r w:rsidRPr="00A05037">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B80966">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="009C7BA8" w:rsidRPr="00A05037">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A2058E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C7BA8" w:rsidRPr="00A05037">
         <w:t>Stameigenschappen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -10184,98 +10509,96 @@
                 <w:b/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>pen/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>uiterlijke kenmerken?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC8CCC5" w14:textId="77777777" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="002C60C8" w:rsidP="00161BE0">
+          <w:p w14:paraId="5AC8CCC5" w14:textId="77777777" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00161BE0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1232233452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-75209559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973E2D" w:rsidRPr="001F758A" w14:paraId="49576241" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10370,127 +10693,124 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Is de stam </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>immuuncompetent</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="70795CFB" w14:textId="58D0CDE2" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="002C60C8" w:rsidP="00973E2D">
+          <w:p w14:paraId="70795CFB" w14:textId="58D0CDE2" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00973E2D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1417702671"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-979307186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1258755404"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Onbekend</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973E2D" w:rsidRPr="001F758A" w14:paraId="4374E4F5" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10834,104 +11154,102 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Homozygote dieren</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DEFA0EB" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFD4871" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="002C60C8" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="1CFD4871" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-530956054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="747462872"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -10962,104 +11280,102 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39C2EA67" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Heterozygote dieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="05A75261" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="002C60C8" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="05A75261" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-437457497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="2126962661"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -11109,104 +11425,102 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>mi</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>zygote</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> dieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3C2039A3" w14:textId="77777777" w:rsidR="006658C0" w:rsidRDefault="002C60C8" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="3C2039A3" w14:textId="77777777" w:rsidR="006658C0" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1972440895"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2067248719"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -11471,274 +11785,266 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Inperkings-niveau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F867FC" w:rsidRPr="001F758A" w14:paraId="57C4ADAF" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F9D60C9" w14:textId="4AE968F9" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00D63B0A">
+          <w:p w14:paraId="2F9D60C9" w14:textId="4AE968F9" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2140179523"/>
                 <w:placeholder>
                   <w:docPart w:val="B270439F84644240BE9DA37E5F08D927"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Filtertopkooi" w:value="Filtertopkooi"/>
                   <w:listItem w:displayText="Isocage" w:value="Isocage"/>
                   <w:listItem w:displayText="IVC" w:value="IVC"/>
                   <w:listItem w:displayText="Open kooi" w:value="Open kooi"/>
                   <w:listItem w:displayText="Aquaria" w:value="Aquaria"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4396BD6F" w14:textId="72F87FA5" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00D63B0A">
+          <w:p w14:paraId="4396BD6F" w14:textId="72F87FA5" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1666745675"/>
                 <w:placeholder>
                   <w:docPart w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Steriel" w:value="Steriel"/>
                   <w:listItem w:displayText="Niet-steriel" w:value="Niet-steriel"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08EE30EE" w14:textId="43CEB229" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00D63B0A">
+          <w:p w14:paraId="08EE30EE" w14:textId="43CEB229" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="166535612"/>
                 <w:placeholder>
                   <w:docPart w:val="5631F2EAB5D945CAAB762CB864A5E114"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Steriel" w:value="Steriel"/>
                   <w:listItem w:displayText="Niet-steriel" w:value="Niet-steriel"/>
                   <w:listItem w:displayText="N.v.t." w:value="N.v.t."/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34D7D9A0" w14:textId="5C993ECC" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002C60C8" w:rsidP="00D63B0A">
+          <w:p w14:paraId="34D7D9A0" w14:textId="5C993ECC" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Calibri"/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="45194378"/>
                 <w:placeholder>
                   <w:docPart w:val="50E723F5AFB5483593B557FD94D2046E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="D-I" w:value="D-I"/>
                   <w:listItem w:displayText="DM-I" w:value="DM-I"/>
                   <w:listItem w:displayText="DM-I voor 1 week, daarna D-I (AAV)" w:value="DM-I voor 1 week, daarna D-I (AAV)"/>
                   <w:listItem w:displayText="DM-I voor 2 weken, daarna D-I (Lenti)" w:value="DM-I voor 2 weken, daarna D-I (Lenti)"/>
                   <w:listItem w:displayText="DM-II" w:value="DM-II"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B4451" w:rsidRPr="007B4451">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566EE7" w:rsidRPr="001F758A" w14:paraId="3A960ACE" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4BB7ED7E" w14:textId="4C600754" w:rsidR="00566EE7" w:rsidRPr="003A5A33" w:rsidRDefault="003A5A33" w:rsidP="00EA0409">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="113" w:hanging="113"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5A33">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="003A5A33">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Indien naast de gemaakte keuze andere wensen/bijzonderheden van toepassing zijn, graag hier aangeven:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7867" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A1ECC71" w14:textId="6833D92F" w:rsidR="00566EE7" w:rsidRPr="001F758A" w:rsidRDefault="00566EE7" w:rsidP="00F6768C">
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="721DCFA0" w14:textId="00ED2DE0" w:rsidR="00DA7ADF" w:rsidRPr="00F85954" w:rsidRDefault="00DA7ADF" w:rsidP="008A0DA5">
@@ -11898,117 +12204,115 @@
           <w:p w14:paraId="62E76E68" w14:textId="09FB5C8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="00764A5B" w:rsidP="005E181B">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1900">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Wijze van typering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0743E5E9" w14:textId="77777777" w:rsidR="00633633" w:rsidRPr="002C1900" w:rsidRDefault="002C60C8" w:rsidP="005E181B">
+          <w:p w14:paraId="0743E5E9" w14:textId="77777777" w:rsidR="00633633" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="005E181B">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-638342177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00764A5B" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Non invasief middels lamp </w:t>
             </w:r>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63837F65" w14:textId="25C6CD8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="002C60C8" w:rsidP="005E181B">
+          <w:p w14:paraId="63837F65" w14:textId="25C6CD8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="005E181B">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2142104321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00764A5B" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Invasief middels DNA sample</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -12026,241 +12330,214 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55A1B10F" w14:textId="714E4365" w:rsidR="000E54B5" w:rsidRPr="00234217" w:rsidRDefault="000E54B5" w:rsidP="00D843A7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Methode aan te leveren DNA materiaal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00ED5B12">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Indien keuze </w:t>
             </w:r>
             <w:r w:rsidR="00661E9B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5B12">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>bloed</w:t>
             </w:r>
             <w:r w:rsidR="008A12A5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="008A12A5">
+              <w:t xml:space="preserve"> of vinclip</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5B12">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>vinclip</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00ED5B12">
+              <w:t>’, denk er aan bloedafname als dierproef te registreren</w:t>
+            </w:r>
+            <w:r w:rsidR="00661E9B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (vergunningsplicht)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3712662D" w14:textId="3616A13B" w:rsidR="00861C2B" w:rsidRPr="00914221" w:rsidRDefault="002C60C8" w:rsidP="00611236">
+          <w:p w14:paraId="3712662D" w14:textId="3616A13B" w:rsidR="00861C2B" w:rsidRPr="00914221" w:rsidRDefault="00000000" w:rsidP="00611236">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="862637353"/>
                 <w:placeholder>
                   <w:docPart w:val="3479D98949F14544BB1CC4EE586E8993"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Oorknip" w:value="Oorknip"/>
                   <w:listItem w:displayText="Bloed" w:value="Bloed"/>
                   <w:listItem w:displayText="Vinclip" w:value="Vinclip"/>
                   <w:listItem w:displayText="Anders, te weten" w:value="Anders, te weten"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E54B5" w:rsidRPr="007542DA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4B60" w:rsidRPr="00DB2497" w14:paraId="07B4E9AC" w14:textId="211E3219" w:rsidTr="000E54B5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11BCD324" w14:textId="7A6923B0" w:rsidR="00FA4B60" w:rsidRDefault="00FA4B60" w:rsidP="0014276E">
             <w:r w:rsidRPr="004F3BB0">
               <w:t>Indien keuze</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002072B2">
               <w:t>‘</w:t>
             </w:r>
             <w:r>
               <w:t>bloed’</w:t>
             </w:r>
             <w:r w:rsidR="008A12A5">
-              <w:t>, ‘</w:t>
-[...7 lines deleted...]
-              <w:t>’</w:t>
+              <w:t>, ‘vinclip’</w:t>
             </w:r>
             <w:r w:rsidRPr="004F3BB0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3BB0">
               <w:t>‘anders’ hier toelichten</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="1FC946FC" w14:textId="461830D9" w:rsidR="00FA4B60" w:rsidRPr="0014276E" w:rsidRDefault="00FA4B60" w:rsidP="00781B62">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77819525" w14:textId="3AA9CC31" w:rsidR="00907494" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="00D63B0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00EA2539" w:rsidRPr="001F758A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA2539" w:rsidRPr="001F758A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00907494" w:rsidRPr="001F758A">
         <w:t>Welzijnscontrole en humaan eindpunt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4143B303" w14:textId="5F15AA78" w:rsidR="00907494" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="00F001F3">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00907494" w:rsidRPr="001F758A">
         <w:t>a.</w:t>
       </w:r>
       <w:r w:rsidR="002327A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -12717,51 +12994,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2ABA4B90" w14:textId="29AA13B4" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="160134805"/>
             <w:placeholder>
               <w:docPart w:val="7FB1C9B675854BE3B573B30BC84DFE49"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="47F1909B" w14:textId="1325D764" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -12837,51 +13113,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="715E0EE6" w14:textId="41840E6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-955407120"/>
             <w:placeholder>
               <w:docPart w:val="B0B61BAFD3464682B7C1DAD3377E1702"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="406E90FB" w14:textId="71562472" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -12957,51 +13232,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52CDE70F" w14:textId="440C7255" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="810907086"/>
             <w:placeholder>
               <w:docPart w:val="3FC63941C0954CBEB0F5FF689D644C4C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="40261466" w14:textId="581B7C6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13077,51 +13351,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="618E77D0" w14:textId="0B5B171A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="472190482"/>
             <w:placeholder>
               <w:docPart w:val="375AE364A1484F6FA54FB60B8D434AB0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="31974F63" w14:textId="0659BD79" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13197,51 +13470,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3DC15D" w14:textId="3CB16A40" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1053432003"/>
             <w:placeholder>
               <w:docPart w:val="6A4EEEA1E08F47D59CDD2B49E4A05B68"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="253004F9" w14:textId="1B93A52A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13252,107 +13524,107 @@
           </w:tcPr>
           <w:p w14:paraId="3E3B856C" w14:textId="27C67D3D" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0676D398" w14:textId="3EF244F9" w:rsidR="00760DFB" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="00DA694C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00760DFB" w:rsidRPr="001F758A">
         <w:t>c.</w:t>
       </w:r>
       <w:r w:rsidR="00FB534B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00760DFB" w:rsidRPr="001F758A">
         <w:t>Humaan eindpunt</w:t>
       </w:r>
       <w:r w:rsidR="00AA4BEB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A027B1" w14:textId="27F551F9" w:rsidR="00760DFB" w:rsidRPr="001F758A" w:rsidRDefault="00760DFB" w:rsidP="00CA339B">
+    <w:p w14:paraId="17A027B1" w14:textId="3DB76066" w:rsidR="00760DFB" w:rsidRPr="001F758A" w:rsidRDefault="00760DFB" w:rsidP="00CA339B">
       <w:r w:rsidRPr="001F758A">
         <w:t xml:space="preserve">Bij het toepassen van een humaan eindpunt (HEP) wordt </w:t>
       </w:r>
       <w:r w:rsidR="00594B4B">
-        <w:t xml:space="preserve"> het</w:t>
+        <w:t>het</w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:t xml:space="preserve"> individue</w:t>
       </w:r>
       <w:r w:rsidR="00594B4B">
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:t xml:space="preserve"> dier </w:t>
       </w:r>
       <w:r w:rsidR="00594B4B">
         <w:t>getermineerd.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:t xml:space="preserve"> Het doel van een HEP is het </w:t>
       </w:r>
       <w:r w:rsidR="00896B0F">
         <w:t>voorkomen van onnodig ongerief.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
       <w:tr w:rsidR="00760DFB" w:rsidRPr="001F758A" w14:paraId="30F7910C" w14:textId="77777777" w:rsidTr="00EB1E01">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="761F7C7C" w14:textId="42E47586" w:rsidR="00760DFB" w:rsidRPr="00A05037" w:rsidRDefault="00BD0EEB" w:rsidP="00F43B75">
+          <w:p w14:paraId="761F7C7C" w14:textId="6455639C" w:rsidR="00760DFB" w:rsidRPr="00A05037" w:rsidRDefault="00BD0EEB" w:rsidP="00F43B75">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5209"/>
               </w:tabs>
               <w:spacing w:after="60" w:line="200" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Worden er </w:t>
             </w:r>
             <w:r w:rsidR="00F43B75" w:rsidRPr="00F43B75">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">naast de standaard criteria </w:t>
             </w:r>
@@ -13372,70 +13644,68 @@
               <w:r w:rsidR="00C459A3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidR="00A155F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>H6</w:t>
               </w:r>
               <w:r w:rsidR="00F43B75" w:rsidRPr="00EB1E01">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F43B75" w:rsidRPr="00F43B75">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> nog extra criteria </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ge</w:t>
             </w:r>
             <w:r w:rsidR="00F43B75" w:rsidRPr="00F43B75">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>hanteer</w:t>
             </w:r>
-            <w:r w:rsidR="00ED1BDF">
+            <w:r w:rsidR="004D719B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>d</w:t>
+            </w:r>
             <w:r w:rsidR="00ED1BDF">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00ED1BDF" w:rsidRPr="00A33464">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Z</w:t>
             </w:r>
             <w:r w:rsidR="00F43B75" w:rsidRPr="00A33464">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>o ja, welke</w:t>
             </w:r>
             <w:r w:rsidR="00ED1BDF">
               <w:rPr>
                 <w:b/>
@@ -13712,55 +13982,63 @@
       <w:r w:rsidR="009D61C2" w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>voor hergebruik</w:t>
       </w:r>
       <w:r w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, stel de dieren, of weefsels daarvan dan</w:t>
       </w:r>
       <w:r w:rsidR="00904458">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> beschikbaar via het platform </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00A33464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Animal </w:t>
+          <w:t>Animal</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00A33464">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00A33464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>and</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00A33464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Tissue Exchange</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD63C3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF84653" w14:textId="20A6E5BA" w:rsidR="001766D3" w:rsidRPr="008E1A45" w:rsidRDefault="00C50D62" w:rsidP="000330B8">
       <w:pPr>
@@ -13861,73 +14139,77 @@
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BF2700">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00B83A59">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B83A59" w:rsidRPr="00B83A59">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00470429" w:rsidRPr="00DB13A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Tabel genotypering</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35A4E0F9" w14:textId="747E35C5" w:rsidR="001766D3" w:rsidRPr="003036C5" w:rsidRDefault="001766D3" w:rsidP="008E6029">
+    <w:p w14:paraId="450E2843" w14:textId="77777777" w:rsidR="001766D3" w:rsidRDefault="001766D3" w:rsidP="008E6029">
       <w:pPr>
         <w:spacing w:line="216" w:lineRule="auto"/>
-        <w:sectPr w:rsidR="001766D3" w:rsidRPr="003036C5" w:rsidSect="00DC6170">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A4E0F9" w14:textId="747E35C5" w:rsidR="00D11A79" w:rsidRPr="003036C5" w:rsidRDefault="00D11A79" w:rsidP="008E6029">
+      <w:pPr>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="00D11A79" w:rsidRPr="003036C5" w:rsidSect="00DC6170">
           <w:headerReference w:type="default" r:id="rId40"/>
           <w:footerReference w:type="default" r:id="rId41"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1276" w:right="567" w:bottom="975" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="780B3931" w14:textId="43773478" w:rsidR="00354B38" w:rsidRPr="006E3DFB" w:rsidRDefault="00354B38" w:rsidP="00354B38">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3DFB">
         <w:t>nstandhoudingsfok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3779C203" wp14:editId="5514C5F4">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1476301677" name="Picture 1476301677">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="De tabel wordt ingevuld door de contactpersoon van deze fok, eventueel in overleg met de fokcoordinator of fokbeheerder. Hierbij worden de uitgangspunten bij het opzeten van een fok, zoals in de toepassingsregeling H3 beschreven gevolgd."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -14096,384 +14378,420 @@
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3825"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1988"/>
       </w:tblGrid>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00A05037" w14:paraId="43845023" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="619E0668" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
+          <w:p w14:paraId="619E0668" w14:textId="264C7442" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Stamnaam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> + genotype (Hom</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="00031048">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t xml:space="preserve">geslacht + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>genotype (Hom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A05037">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Hemi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/Het</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>WT)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0668BC7F" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
+          <w:p w14:paraId="0668BC7F" w14:textId="5AF54162" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Strain</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> name + genotype (Hom/</w:t>
+              <w:t xml:space="preserve"> name + </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00031048">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Hemi</w:t>
+              <w:t>sex</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00031048">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>genotype (Hom/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7CCB">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Het/WT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B13F926" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="7B13F926" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="461395549"/>
                 <w:placeholder>
                   <w:docPart w:val="5DA393D4EE12440A81C817BEC8F5DDC1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
                   <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38" w:rsidRPr="00E07110">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="484A1CAB" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="484A1CAB" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1359849449"/>
                 <w:placeholder>
                   <w:docPart w:val="D726A12ED04D44CBA66AF96E31306C1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Hom" w:value="Hom"/>
                   <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                   <w:listItem w:displayText="Het" w:value="Het"/>
                   <w:listItem w:displayText="WT" w:value="WT"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Genotype</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E3A9B52" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="5E3A9B52" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-2034643831"/>
                 <w:placeholder>
                   <w:docPart w:val="37A41B1F15854D84917DDBB517A1084A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
                   <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="09657268" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="09657268" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="635688667"/>
                 <w:placeholder>
                   <w:docPart w:val="BC688FAC9E82449CBC3F2339257CC636"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="-1696528314"/>
                     <w:placeholder>
                       <w:docPart w:val="14E99615568B446382161B72D8005782"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:displayText="Hom" w:value="Hom"/>
                       <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                       <w:listItem w:displayText="Het" w:value="Het"/>
                       <w:listItem w:displayText="WT" w:value="WT"/>
                     </w:dropDownList>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00354B38">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:eastAsia="Times"/>
                       </w:rPr>
                       <w:t>Genotype</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="13E2BC8D" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
@@ -14482,188 +14800,184 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nakomelingen</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-468506782"/>
                 <w:placeholder>
                   <w:docPart w:val="362D92F798F64FBFAEE45D2C587CC36C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7C682C9C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Offspring</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00A05037" w14:paraId="0612F0A9" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="61"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4603251B" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01B36736" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="01B36736" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1015354883"/>
                 <w:placeholder>
                   <w:docPart w:val="B1839847232D41ED9440D35017B7B00E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8B3365" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="5A8B3365" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="87124860"/>
                 <w:placeholder>
                   <w:docPart w:val="A0FCC9264A9D4A31854489AFB0372996"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="293F8D0D" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
@@ -14699,143 +15013,139 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Aantal dieren bij start fok:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D91D370" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="001A0DB8" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0DB8">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Number of animals at start breeding</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E696ED8" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1961914826"/>
                 <w:placeholder>
                   <w:docPart w:val="D518F1336EFF4697850B994D4980C6A8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7DCE1162" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00CB414E" w:rsidDel="00E174B5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="657DD04A" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
@@ -14845,109 +15155,107 @@
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1564557794"/>
                 <w:placeholder>
                   <w:docPart w:val="DB279FD621424AA1A21424C1D3082830"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="26AC921B" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="456DECE0" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354B38" w:rsidRPr="002C60C8" w14:paraId="722D0E25" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="00354B38" w:rsidRPr="00941DD8" w14:paraId="722D0E25" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DBFF642" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -14965,63 +15273,61 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> per fokvrouw:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68570256" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00550F7D" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Average number of siblings per breeder</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D019E91" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00550F7D" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
@@ -15071,87 +15377,83 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08A7F1D1" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>wishes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DF49F11" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
@@ -15223,146 +15525,143 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Aantal fokkooien:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14757327" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of breeding cages:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78CF4D8C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="78CF4D8C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1200205714"/>
                 <w:placeholder>
                   <w:docPart w:val="9D68D8362DA64913B415FD82FBEA2976"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="43DEDE68" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="007C15BE" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="43DEDE68" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="007C15BE" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-554465738"/>
                 <w:placeholder>
                   <w:docPart w:val="B3F65BE09435419CA3A1A50C7C5EDAD0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="000D7B87">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1:2</w:t>
             </w:r>
@@ -15383,99 +15682,95 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Anders, namelijk</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="651022743"/>
                 <w:placeholder>
                   <w:docPart w:val="C8BFB10FA7524AF8A6BBD42DD5BA7253"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="248A32C7" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00036FF0" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>namely</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00036FF0" w14:paraId="76F5EEFC" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52917E86" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="003B2FE9" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
@@ -15517,90 +15812,88 @@
             <w:r w:rsidRPr="003B2FE9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32AFCE98" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="003B2FE9" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Continuity of breeding:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D9576FC" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="1D9576FC" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-185058688"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standaard fok </w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E48FB9D" wp14:editId="40E98948">
                   <wp:extent cx="81280" cy="81280"/>
@@ -15709,221 +16002,215 @@
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:br/>
               <w:t>(Interval)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A026C41" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="0A026C41" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1520539940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Continu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19FFB0C3" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E77E00" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Continuous</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="012CF6B2" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002C60C8" w:rsidP="007457E2">
+          <w:p w14:paraId="012CF6B2" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1481808494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anders,</w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-859204769"/>
                 <w:placeholder>
                   <w:docPart w:val="2064A6259F8D401CB32C5DC10EC3A98B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38" w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3500B393" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E77E00" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354B38" w:rsidRPr="002C60C8" w14:paraId="6C38DE98" w14:textId="77777777" w:rsidTr="002D4ED4">
+      <w:tr w:rsidR="00354B38" w:rsidRPr="00941DD8" w14:paraId="6C38DE98" w14:textId="77777777" w:rsidTr="002D4ED4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53DE240E" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="006667D5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006667D5">
@@ -15974,75 +16261,72 @@
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> toe:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C1A21E7" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="006667D5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="006177EE">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>continuous</w:t>
             </w:r>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61935536" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="006667D5" w:rsidRDefault="00354B38" w:rsidP="002D4ED4">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
@@ -16162,51 +16446,50 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="58AC2E06" w14:textId="77777777" w:rsidR="00CD3394" w:rsidRPr="000203DB" w:rsidRDefault="00CD3394" w:rsidP="00CD3394">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum age of breeding animals: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4257A79D" wp14:editId="37C60787">
                   <wp:extent cx="81280" cy="81280"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="325622482" name="Picture 325622482">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId42" tooltip="See application rules for standard criteria. H3.1 for Rats and Mice / H3.2 for zebrafish"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="325622482" name="Picture 325622482">
                             <a:hlinkClick r:id="rId42" tooltip="See application rules for standard criteria. H3.1 for Rats and Mice / H3.2 for zebrafish"/>
@@ -16236,225 +16519,253 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="606E80BB" w14:textId="51C16249" w:rsidR="00CD3394" w:rsidRPr="00CC4440" w:rsidRDefault="00CD3394" w:rsidP="00310FEE">
+          <w:p w14:paraId="606E80BB" w14:textId="51C16249" w:rsidR="00CD3394" w:rsidRPr="000E3770" w:rsidRDefault="00CD3394" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CC4440">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D7D00" w14:textId="0E2A57C3" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="002C60C8" w:rsidP="00310FEE">
+          <w:p w14:paraId="0A4D7D00" w14:textId="0E2A57C3" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="117659380"/>
                 <w:placeholder>
                   <w:docPart w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD3394">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> maanden</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CD3394">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3394">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CD3394">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59C10E2A" w14:textId="7568629A" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="00CD3394" w:rsidP="00310FEE">
+          <w:p w14:paraId="59C10E2A" w14:textId="7568629A" w:rsidR="00CD3394" w:rsidRPr="000E3770" w:rsidRDefault="00CD3394" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CC4440">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="5E493EB1" w14:textId="307A4DDC" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="002C60C8" w:rsidP="00310FEE">
+          <w:p w14:paraId="5E493EB1" w14:textId="307A4DDC" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1595129116"/>
                 <w:placeholder>
                   <w:docPart w:val="9E1901563468408897A08EDC7B6425AC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD3394">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> maanden</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CD3394">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3394">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CD3394">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC4440" w:rsidRPr="00A05037" w14:paraId="28121D72" w14:textId="77777777" w:rsidTr="00310FEE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FD04342" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
@@ -16495,259 +16806,281 @@
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> inclusief fokreserve:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63B0F4D2" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRPr="00572B17" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Max number of animals in stock, including breeding reserve</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16ACFED3" w14:textId="59E5A1C4" w:rsidR="00CC4440" w:rsidRPr="002D7E56" w:rsidRDefault="00CC4440" w:rsidP="00310FEE">
+          <w:p w14:paraId="16ACFED3" w14:textId="59E5A1C4" w:rsidR="00CC4440" w:rsidRPr="000E3770" w:rsidRDefault="00CC4440" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="05B892AA" w14:textId="6A5406EE" w:rsidR="00CC4440" w:rsidRDefault="002C60C8" w:rsidP="00310FEE">
+          <w:p w14:paraId="05B892AA" w14:textId="6A5406EE" w:rsidR="00CC4440" w:rsidRDefault="00000000" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="494152225"/>
                 <w:placeholder>
                   <w:docPart w:val="E1DD30DEDC3745FEB46A7B3228D6E697"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4440">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mannen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CC4440">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>mannen</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4440">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CC4440">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14DF251B" w14:textId="68BB418D" w:rsidR="00CC4440" w:rsidRPr="00572B17" w:rsidRDefault="00CC4440" w:rsidP="00310FEE">
+          <w:p w14:paraId="14DF251B" w14:textId="68BB418D" w:rsidR="00CC4440" w:rsidRPr="000E3770" w:rsidRDefault="00CC4440" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CC4440">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9F29C4" w14:textId="6323D125" w:rsidR="00CC4440" w:rsidRDefault="002C60C8" w:rsidP="00310FEE">
+          <w:p w14:paraId="4F9F29C4" w14:textId="6323D125" w:rsidR="00CC4440" w:rsidRDefault="00000000" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1895461150"/>
                 <w:placeholder>
                   <w:docPart w:val="DDC6246F4FD4491B93A1E281A6C33523"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4440">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vrouwen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CC4440">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>vrouwen</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4440">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CC4440">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>female</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC4440" w:rsidRPr="00A05037" w14:paraId="3B0E87BA" w14:textId="77777777" w:rsidTr="007457E2">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A005EB4" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
@@ -16768,196 +17101,123 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B3DF362" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRPr="00A05037" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> wishes/details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72AEE831" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRPr="00A05037" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ECC6632" w14:textId="4A2E94B1" w:rsidR="00C11D19" w:rsidRDefault="00C11D19" w:rsidP="00354B38">
-[...70 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="0B557DE0" w14:textId="73A5D943" w:rsidR="00ED3F00" w:rsidRPr="00ED3F00" w:rsidRDefault="00ED3F00" w:rsidP="00E23F3E"/>
     <w:sectPr w:rsidR="00ED3F00" w:rsidRPr="00ED3F00" w:rsidSect="00645803">
       <w:headerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1276" w:right="567" w:bottom="567" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3662DF34" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33" w:rsidP="00907494">
+    <w:p w14:paraId="5E399543" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12C65F52" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33" w:rsidP="00907494">
+    <w:p w14:paraId="02483DD1" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AAB0D3D" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33">
+    <w:p w14:paraId="25D27482" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -17250,71 +17510,71 @@
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1085B471" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33" w:rsidP="00907494">
+    <w:p w14:paraId="61DEBF55" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5872BC52" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33" w:rsidP="00907494">
+    <w:p w14:paraId="0DE93F23" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1DA453C3" w14:textId="77777777" w:rsidR="007D3D33" w:rsidRDefault="007D3D33">
+    <w:p w14:paraId="3B97C58F" w14:textId="77777777" w:rsidR="00860603" w:rsidRDefault="00860603">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="50EB8F22" w14:textId="2CD5123A" w:rsidR="00CF4E44" w:rsidRPr="002E5842" w:rsidRDefault="00CF4E44" w:rsidP="002E5842">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D66142">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FB206FB" wp14:editId="0BC29511">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -20862,96 +21122,98 @@
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:val="bestFit" w:percent="302"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00907494"/>
     <w:rsid w:val="00000FDA"/>
     <w:rsid w:val="00001412"/>
     <w:rsid w:val="000052A3"/>
     <w:rsid w:val="000063B0"/>
     <w:rsid w:val="0001292B"/>
     <w:rsid w:val="00021B7D"/>
     <w:rsid w:val="000224F1"/>
     <w:rsid w:val="00023A22"/>
     <w:rsid w:val="00023B53"/>
     <w:rsid w:val="000249BE"/>
     <w:rsid w:val="00025854"/>
     <w:rsid w:val="0002646F"/>
     <w:rsid w:val="00030E5F"/>
+    <w:rsid w:val="00031048"/>
     <w:rsid w:val="000330B8"/>
     <w:rsid w:val="00033274"/>
     <w:rsid w:val="0003483B"/>
     <w:rsid w:val="0003530A"/>
     <w:rsid w:val="000361E4"/>
     <w:rsid w:val="00036FF0"/>
     <w:rsid w:val="0004134B"/>
     <w:rsid w:val="00042146"/>
     <w:rsid w:val="00042F43"/>
     <w:rsid w:val="000449E9"/>
     <w:rsid w:val="000470D3"/>
     <w:rsid w:val="00050F37"/>
     <w:rsid w:val="00051E79"/>
     <w:rsid w:val="00051EC6"/>
     <w:rsid w:val="00052DC5"/>
     <w:rsid w:val="00053CF0"/>
     <w:rsid w:val="00056304"/>
     <w:rsid w:val="00056CB4"/>
     <w:rsid w:val="000575BA"/>
     <w:rsid w:val="0006046D"/>
     <w:rsid w:val="00064B3D"/>
     <w:rsid w:val="00067886"/>
     <w:rsid w:val="00067BD0"/>
     <w:rsid w:val="00071D20"/>
     <w:rsid w:val="0007462F"/>
@@ -20974,50 +21236,51 @@
     <w:rsid w:val="000A0251"/>
     <w:rsid w:val="000A0E9A"/>
     <w:rsid w:val="000A3C4F"/>
     <w:rsid w:val="000A43FD"/>
     <w:rsid w:val="000A55A8"/>
     <w:rsid w:val="000A74FC"/>
     <w:rsid w:val="000B1B57"/>
     <w:rsid w:val="000B1E69"/>
     <w:rsid w:val="000B25EF"/>
     <w:rsid w:val="000B46AC"/>
     <w:rsid w:val="000B7521"/>
     <w:rsid w:val="000B7FCF"/>
     <w:rsid w:val="000C0383"/>
     <w:rsid w:val="000C41AA"/>
     <w:rsid w:val="000C5A64"/>
     <w:rsid w:val="000D019D"/>
     <w:rsid w:val="000D10A7"/>
     <w:rsid w:val="000D1834"/>
     <w:rsid w:val="000D1B80"/>
     <w:rsid w:val="000D4B12"/>
     <w:rsid w:val="000D4D32"/>
     <w:rsid w:val="000D6D75"/>
     <w:rsid w:val="000D7313"/>
     <w:rsid w:val="000D7B87"/>
     <w:rsid w:val="000E25C7"/>
+    <w:rsid w:val="000E3770"/>
     <w:rsid w:val="000E54B5"/>
     <w:rsid w:val="000E563B"/>
     <w:rsid w:val="000E7C9E"/>
     <w:rsid w:val="000F420E"/>
     <w:rsid w:val="000F69AB"/>
     <w:rsid w:val="00102E31"/>
     <w:rsid w:val="00104A7A"/>
     <w:rsid w:val="00104F73"/>
     <w:rsid w:val="001052A8"/>
     <w:rsid w:val="00105938"/>
     <w:rsid w:val="00106C90"/>
     <w:rsid w:val="00107D14"/>
     <w:rsid w:val="00111A6F"/>
     <w:rsid w:val="0011529E"/>
     <w:rsid w:val="00116D10"/>
     <w:rsid w:val="001179BD"/>
     <w:rsid w:val="0012088F"/>
     <w:rsid w:val="00124F2B"/>
     <w:rsid w:val="00126CF9"/>
     <w:rsid w:val="00127A61"/>
     <w:rsid w:val="00127F9D"/>
     <w:rsid w:val="001302F7"/>
     <w:rsid w:val="0013093C"/>
     <w:rsid w:val="0013144A"/>
     <w:rsid w:val="001346B9"/>
@@ -21029,50 +21292,51 @@
     <w:rsid w:val="0014276E"/>
     <w:rsid w:val="0014471C"/>
     <w:rsid w:val="00144D0E"/>
     <w:rsid w:val="00154885"/>
     <w:rsid w:val="00160B77"/>
     <w:rsid w:val="00161591"/>
     <w:rsid w:val="0016170C"/>
     <w:rsid w:val="00161BE0"/>
     <w:rsid w:val="00162D70"/>
     <w:rsid w:val="001674D2"/>
     <w:rsid w:val="0017103B"/>
     <w:rsid w:val="00171EC1"/>
     <w:rsid w:val="001722DF"/>
     <w:rsid w:val="0017337C"/>
     <w:rsid w:val="001766D3"/>
     <w:rsid w:val="00177541"/>
     <w:rsid w:val="00181075"/>
     <w:rsid w:val="00185198"/>
     <w:rsid w:val="001852A2"/>
     <w:rsid w:val="00187AD7"/>
     <w:rsid w:val="00190FDD"/>
     <w:rsid w:val="001919EE"/>
     <w:rsid w:val="00192843"/>
     <w:rsid w:val="00192D92"/>
     <w:rsid w:val="00193F90"/>
+    <w:rsid w:val="00193FDF"/>
     <w:rsid w:val="00194D60"/>
     <w:rsid w:val="00196271"/>
     <w:rsid w:val="001973CA"/>
     <w:rsid w:val="001A3F0D"/>
     <w:rsid w:val="001A449F"/>
     <w:rsid w:val="001A4E09"/>
     <w:rsid w:val="001A6748"/>
     <w:rsid w:val="001A6785"/>
     <w:rsid w:val="001A6C15"/>
     <w:rsid w:val="001B30BA"/>
     <w:rsid w:val="001B3B8D"/>
     <w:rsid w:val="001B3F70"/>
     <w:rsid w:val="001B5664"/>
     <w:rsid w:val="001B7DE4"/>
     <w:rsid w:val="001C0CF3"/>
     <w:rsid w:val="001C17F8"/>
     <w:rsid w:val="001C33B7"/>
     <w:rsid w:val="001C5426"/>
     <w:rsid w:val="001C5606"/>
     <w:rsid w:val="001C7A09"/>
     <w:rsid w:val="001D0220"/>
     <w:rsid w:val="001D088D"/>
     <w:rsid w:val="001D1F45"/>
     <w:rsid w:val="001D219D"/>
     <w:rsid w:val="001D3AB8"/>
@@ -21093,50 +21357,51 @@
     <w:rsid w:val="001F758A"/>
     <w:rsid w:val="001F7A29"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="001F7E90"/>
     <w:rsid w:val="002012FA"/>
     <w:rsid w:val="002029FA"/>
     <w:rsid w:val="002039DB"/>
     <w:rsid w:val="00204C29"/>
     <w:rsid w:val="00204E16"/>
     <w:rsid w:val="00207298"/>
     <w:rsid w:val="002072B2"/>
     <w:rsid w:val="00207B56"/>
     <w:rsid w:val="002119D3"/>
     <w:rsid w:val="00211FA0"/>
     <w:rsid w:val="00214525"/>
     <w:rsid w:val="00214C30"/>
     <w:rsid w:val="00214E77"/>
     <w:rsid w:val="00215A45"/>
     <w:rsid w:val="00215FB3"/>
     <w:rsid w:val="00216EAC"/>
     <w:rsid w:val="002171BE"/>
     <w:rsid w:val="00221BDD"/>
     <w:rsid w:val="00221CD1"/>
     <w:rsid w:val="00222ED8"/>
     <w:rsid w:val="0022426E"/>
+    <w:rsid w:val="00225B95"/>
     <w:rsid w:val="00227EC6"/>
     <w:rsid w:val="00230533"/>
     <w:rsid w:val="002327A7"/>
     <w:rsid w:val="0023293E"/>
     <w:rsid w:val="00233A7C"/>
     <w:rsid w:val="00234217"/>
     <w:rsid w:val="0023470D"/>
     <w:rsid w:val="00235D61"/>
     <w:rsid w:val="00235E41"/>
     <w:rsid w:val="00237C56"/>
     <w:rsid w:val="002421D7"/>
     <w:rsid w:val="0024314B"/>
     <w:rsid w:val="00245950"/>
     <w:rsid w:val="00245DFD"/>
     <w:rsid w:val="00247D4E"/>
     <w:rsid w:val="002502AA"/>
     <w:rsid w:val="00251838"/>
     <w:rsid w:val="00251FDE"/>
     <w:rsid w:val="002535A2"/>
     <w:rsid w:val="00253A8E"/>
     <w:rsid w:val="0025409E"/>
     <w:rsid w:val="0025561B"/>
     <w:rsid w:val="00255C7E"/>
     <w:rsid w:val="00256DC2"/>
     <w:rsid w:val="00257E5D"/>
@@ -21152,50 +21417,51 @@
     <w:rsid w:val="00275177"/>
     <w:rsid w:val="002761E5"/>
     <w:rsid w:val="00276710"/>
     <w:rsid w:val="002801E6"/>
     <w:rsid w:val="00280B71"/>
     <w:rsid w:val="00281B85"/>
     <w:rsid w:val="00283ACA"/>
     <w:rsid w:val="00283B4E"/>
     <w:rsid w:val="0028510E"/>
     <w:rsid w:val="00285211"/>
     <w:rsid w:val="00285C19"/>
     <w:rsid w:val="00286EB9"/>
     <w:rsid w:val="00287834"/>
     <w:rsid w:val="002917E0"/>
     <w:rsid w:val="002926AF"/>
     <w:rsid w:val="00292F9F"/>
     <w:rsid w:val="00294475"/>
     <w:rsid w:val="00295F3D"/>
     <w:rsid w:val="002977BB"/>
     <w:rsid w:val="002A4D76"/>
     <w:rsid w:val="002A7BEF"/>
     <w:rsid w:val="002B1E46"/>
     <w:rsid w:val="002B326A"/>
     <w:rsid w:val="002B37EF"/>
     <w:rsid w:val="002B5315"/>
+    <w:rsid w:val="002B644C"/>
     <w:rsid w:val="002C051B"/>
     <w:rsid w:val="002C1900"/>
     <w:rsid w:val="002C42E1"/>
     <w:rsid w:val="002C4CD6"/>
     <w:rsid w:val="002C50E3"/>
     <w:rsid w:val="002C60C8"/>
     <w:rsid w:val="002C658B"/>
     <w:rsid w:val="002C72B0"/>
     <w:rsid w:val="002C7759"/>
     <w:rsid w:val="002D46B6"/>
     <w:rsid w:val="002D4ED4"/>
     <w:rsid w:val="002D56EC"/>
     <w:rsid w:val="002D614C"/>
     <w:rsid w:val="002D68FE"/>
     <w:rsid w:val="002D6DFD"/>
     <w:rsid w:val="002D700C"/>
     <w:rsid w:val="002D7710"/>
     <w:rsid w:val="002E31F5"/>
     <w:rsid w:val="002E5842"/>
     <w:rsid w:val="002E615A"/>
     <w:rsid w:val="002F0217"/>
     <w:rsid w:val="002F127F"/>
     <w:rsid w:val="002F26FC"/>
     <w:rsid w:val="002F33E0"/>
     <w:rsid w:val="002F38C7"/>
@@ -21348,127 +21614,130 @@
     <w:rsid w:val="00494C5F"/>
     <w:rsid w:val="00494FA4"/>
     <w:rsid w:val="00495C07"/>
     <w:rsid w:val="0049761C"/>
     <w:rsid w:val="004A0B59"/>
     <w:rsid w:val="004A0EF1"/>
     <w:rsid w:val="004A1785"/>
     <w:rsid w:val="004A222A"/>
     <w:rsid w:val="004A303B"/>
     <w:rsid w:val="004A455C"/>
     <w:rsid w:val="004A526A"/>
     <w:rsid w:val="004A5AEB"/>
     <w:rsid w:val="004A6188"/>
     <w:rsid w:val="004B00BE"/>
     <w:rsid w:val="004B0599"/>
     <w:rsid w:val="004B11EC"/>
     <w:rsid w:val="004B48DB"/>
     <w:rsid w:val="004B5096"/>
     <w:rsid w:val="004C4DD8"/>
     <w:rsid w:val="004C5559"/>
     <w:rsid w:val="004C704D"/>
     <w:rsid w:val="004D0991"/>
     <w:rsid w:val="004D1BED"/>
     <w:rsid w:val="004D2A2A"/>
     <w:rsid w:val="004D2E71"/>
+    <w:rsid w:val="004D719B"/>
     <w:rsid w:val="004E6319"/>
     <w:rsid w:val="004E6364"/>
     <w:rsid w:val="004E7E3C"/>
     <w:rsid w:val="004F11C4"/>
     <w:rsid w:val="004F3E61"/>
     <w:rsid w:val="004F42C0"/>
     <w:rsid w:val="004F7B84"/>
     <w:rsid w:val="00500FCB"/>
     <w:rsid w:val="005045F2"/>
     <w:rsid w:val="005046C0"/>
     <w:rsid w:val="00504730"/>
     <w:rsid w:val="005055DB"/>
     <w:rsid w:val="00507F4E"/>
     <w:rsid w:val="0051048D"/>
     <w:rsid w:val="005114C5"/>
     <w:rsid w:val="00511EDA"/>
     <w:rsid w:val="00513EAF"/>
     <w:rsid w:val="00514BA9"/>
     <w:rsid w:val="00517C9A"/>
     <w:rsid w:val="00521C93"/>
     <w:rsid w:val="005236EE"/>
     <w:rsid w:val="00525116"/>
     <w:rsid w:val="00525854"/>
     <w:rsid w:val="005278BA"/>
     <w:rsid w:val="00527BE7"/>
     <w:rsid w:val="0053113A"/>
     <w:rsid w:val="00532476"/>
     <w:rsid w:val="005332C6"/>
     <w:rsid w:val="005333B6"/>
+    <w:rsid w:val="00534853"/>
     <w:rsid w:val="00534945"/>
     <w:rsid w:val="005364FD"/>
     <w:rsid w:val="0053705D"/>
     <w:rsid w:val="0054015C"/>
     <w:rsid w:val="0054041B"/>
     <w:rsid w:val="00540AE9"/>
     <w:rsid w:val="00540EAF"/>
     <w:rsid w:val="00541140"/>
     <w:rsid w:val="00544F5C"/>
     <w:rsid w:val="00546775"/>
     <w:rsid w:val="00550089"/>
     <w:rsid w:val="005515EB"/>
     <w:rsid w:val="0055501F"/>
     <w:rsid w:val="005560E0"/>
     <w:rsid w:val="00556C79"/>
     <w:rsid w:val="00557115"/>
     <w:rsid w:val="005624F2"/>
     <w:rsid w:val="005641D6"/>
     <w:rsid w:val="00564B60"/>
     <w:rsid w:val="005659A0"/>
     <w:rsid w:val="00566EE7"/>
     <w:rsid w:val="005672D5"/>
     <w:rsid w:val="0056794A"/>
     <w:rsid w:val="00567F8F"/>
     <w:rsid w:val="00571894"/>
     <w:rsid w:val="005718AF"/>
     <w:rsid w:val="00572C25"/>
     <w:rsid w:val="00574CDB"/>
     <w:rsid w:val="00582303"/>
     <w:rsid w:val="0058267E"/>
     <w:rsid w:val="00583213"/>
     <w:rsid w:val="00584FE1"/>
     <w:rsid w:val="005907C3"/>
     <w:rsid w:val="005911CF"/>
     <w:rsid w:val="00592461"/>
     <w:rsid w:val="00594B4B"/>
     <w:rsid w:val="005A11BB"/>
     <w:rsid w:val="005A156E"/>
     <w:rsid w:val="005A1E95"/>
     <w:rsid w:val="005A21DB"/>
     <w:rsid w:val="005A2AD8"/>
     <w:rsid w:val="005A2BA4"/>
     <w:rsid w:val="005A320A"/>
     <w:rsid w:val="005A4627"/>
     <w:rsid w:val="005A5ABA"/>
     <w:rsid w:val="005A7709"/>
     <w:rsid w:val="005B15C0"/>
     <w:rsid w:val="005B2190"/>
+    <w:rsid w:val="005B328A"/>
     <w:rsid w:val="005B39DD"/>
     <w:rsid w:val="005B6205"/>
     <w:rsid w:val="005B6A79"/>
     <w:rsid w:val="005B76E6"/>
     <w:rsid w:val="005C280B"/>
     <w:rsid w:val="005C3F5C"/>
     <w:rsid w:val="005C5AB5"/>
     <w:rsid w:val="005C6D34"/>
     <w:rsid w:val="005D1DE0"/>
     <w:rsid w:val="005D3EBE"/>
     <w:rsid w:val="005D57EF"/>
     <w:rsid w:val="005D61AA"/>
     <w:rsid w:val="005D637F"/>
     <w:rsid w:val="005D6F09"/>
     <w:rsid w:val="005D7A5D"/>
     <w:rsid w:val="005E181B"/>
     <w:rsid w:val="005E1C66"/>
     <w:rsid w:val="005E286E"/>
     <w:rsid w:val="005E373C"/>
     <w:rsid w:val="005E3F50"/>
     <w:rsid w:val="005E50BB"/>
     <w:rsid w:val="005F170A"/>
     <w:rsid w:val="005F1C32"/>
     <w:rsid w:val="005F26A3"/>
     <w:rsid w:val="005F6438"/>
@@ -21529,50 +21798,51 @@
     <w:rsid w:val="00667C6B"/>
     <w:rsid w:val="0067185B"/>
     <w:rsid w:val="006718E2"/>
     <w:rsid w:val="0067473D"/>
     <w:rsid w:val="00677EA7"/>
     <w:rsid w:val="00680ACA"/>
     <w:rsid w:val="00681396"/>
     <w:rsid w:val="006814B1"/>
     <w:rsid w:val="00683C12"/>
     <w:rsid w:val="00684F57"/>
     <w:rsid w:val="00685940"/>
     <w:rsid w:val="006865C5"/>
     <w:rsid w:val="00690163"/>
     <w:rsid w:val="006941E7"/>
     <w:rsid w:val="00694751"/>
     <w:rsid w:val="006962F1"/>
     <w:rsid w:val="00696385"/>
     <w:rsid w:val="006A124F"/>
     <w:rsid w:val="006A1487"/>
     <w:rsid w:val="006A196A"/>
     <w:rsid w:val="006A45CB"/>
     <w:rsid w:val="006B0BF4"/>
     <w:rsid w:val="006B0C02"/>
     <w:rsid w:val="006B119E"/>
     <w:rsid w:val="006C3372"/>
+    <w:rsid w:val="006C3B01"/>
     <w:rsid w:val="006C5C92"/>
     <w:rsid w:val="006C6F80"/>
     <w:rsid w:val="006D003E"/>
     <w:rsid w:val="006D05A1"/>
     <w:rsid w:val="006D2723"/>
     <w:rsid w:val="006D2CD2"/>
     <w:rsid w:val="006D7F78"/>
     <w:rsid w:val="006E012D"/>
     <w:rsid w:val="006E24B4"/>
     <w:rsid w:val="006E32E3"/>
     <w:rsid w:val="006E3DFB"/>
     <w:rsid w:val="006E4147"/>
     <w:rsid w:val="006E5FA0"/>
     <w:rsid w:val="006E7FB9"/>
     <w:rsid w:val="006F08ED"/>
     <w:rsid w:val="006F09B6"/>
     <w:rsid w:val="006F12EE"/>
     <w:rsid w:val="006F1505"/>
     <w:rsid w:val="006F190E"/>
     <w:rsid w:val="006F381E"/>
     <w:rsid w:val="006F5A58"/>
     <w:rsid w:val="006F5E25"/>
     <w:rsid w:val="006F6924"/>
     <w:rsid w:val="0070066D"/>
     <w:rsid w:val="00701CEC"/>
@@ -21615,50 +21885,51 @@
     <w:rsid w:val="007708FD"/>
     <w:rsid w:val="00770A4E"/>
     <w:rsid w:val="0077270B"/>
     <w:rsid w:val="00776172"/>
     <w:rsid w:val="00780474"/>
     <w:rsid w:val="00780F06"/>
     <w:rsid w:val="007810DE"/>
     <w:rsid w:val="00781B62"/>
     <w:rsid w:val="0078240B"/>
     <w:rsid w:val="007837FA"/>
     <w:rsid w:val="00783CD9"/>
     <w:rsid w:val="00786029"/>
     <w:rsid w:val="00786834"/>
     <w:rsid w:val="00792AD1"/>
     <w:rsid w:val="007957F6"/>
     <w:rsid w:val="007969D7"/>
     <w:rsid w:val="007A22B6"/>
     <w:rsid w:val="007A2F10"/>
     <w:rsid w:val="007A48EE"/>
     <w:rsid w:val="007A5D08"/>
     <w:rsid w:val="007A6E2A"/>
     <w:rsid w:val="007A7FFB"/>
     <w:rsid w:val="007B1F05"/>
     <w:rsid w:val="007B3CAB"/>
     <w:rsid w:val="007B4451"/>
+    <w:rsid w:val="007B4559"/>
     <w:rsid w:val="007B5AC9"/>
     <w:rsid w:val="007B7EEF"/>
     <w:rsid w:val="007C0421"/>
     <w:rsid w:val="007C15BE"/>
     <w:rsid w:val="007C2C8F"/>
     <w:rsid w:val="007C4C77"/>
     <w:rsid w:val="007C584B"/>
     <w:rsid w:val="007C6AFD"/>
     <w:rsid w:val="007C6F2E"/>
     <w:rsid w:val="007C736C"/>
     <w:rsid w:val="007C748F"/>
     <w:rsid w:val="007C7C86"/>
     <w:rsid w:val="007D1585"/>
     <w:rsid w:val="007D3D33"/>
     <w:rsid w:val="007D53B7"/>
     <w:rsid w:val="007D6F67"/>
     <w:rsid w:val="007E0847"/>
     <w:rsid w:val="007E091C"/>
     <w:rsid w:val="007E3BD6"/>
     <w:rsid w:val="007E539E"/>
     <w:rsid w:val="007E5930"/>
     <w:rsid w:val="007F0A5B"/>
     <w:rsid w:val="007F0FF7"/>
     <w:rsid w:val="007F22E6"/>
     <w:rsid w:val="007F55F7"/>
@@ -21674,50 +21945,51 @@
     <w:rsid w:val="008132E5"/>
     <w:rsid w:val="0082132C"/>
     <w:rsid w:val="00821D9A"/>
     <w:rsid w:val="00822632"/>
     <w:rsid w:val="0082281D"/>
     <w:rsid w:val="008235E1"/>
     <w:rsid w:val="0082494C"/>
     <w:rsid w:val="0082557A"/>
     <w:rsid w:val="00827215"/>
     <w:rsid w:val="00827DA1"/>
     <w:rsid w:val="00830348"/>
     <w:rsid w:val="00830529"/>
     <w:rsid w:val="00833857"/>
     <w:rsid w:val="0083450B"/>
     <w:rsid w:val="00836174"/>
     <w:rsid w:val="00836194"/>
     <w:rsid w:val="00836468"/>
     <w:rsid w:val="00840037"/>
     <w:rsid w:val="00842960"/>
     <w:rsid w:val="008457A0"/>
     <w:rsid w:val="00852E0C"/>
     <w:rsid w:val="00853C01"/>
     <w:rsid w:val="00857142"/>
     <w:rsid w:val="0085773E"/>
     <w:rsid w:val="00857FE9"/>
+    <w:rsid w:val="00860603"/>
     <w:rsid w:val="00860775"/>
     <w:rsid w:val="00860BDB"/>
     <w:rsid w:val="00861C2B"/>
     <w:rsid w:val="00862A13"/>
     <w:rsid w:val="00862ED4"/>
     <w:rsid w:val="00873650"/>
     <w:rsid w:val="00873D12"/>
     <w:rsid w:val="00875441"/>
     <w:rsid w:val="00876593"/>
     <w:rsid w:val="00876810"/>
     <w:rsid w:val="00876DB7"/>
     <w:rsid w:val="00877C3E"/>
     <w:rsid w:val="00877EDC"/>
     <w:rsid w:val="00881A2C"/>
     <w:rsid w:val="00881C49"/>
     <w:rsid w:val="00882709"/>
     <w:rsid w:val="00886D3C"/>
     <w:rsid w:val="00887443"/>
     <w:rsid w:val="008909BD"/>
     <w:rsid w:val="00891CBD"/>
     <w:rsid w:val="00892DFD"/>
     <w:rsid w:val="00893C89"/>
     <w:rsid w:val="00896B0F"/>
     <w:rsid w:val="008A0C8C"/>
     <w:rsid w:val="008A0DA5"/>
@@ -21759,88 +22031,90 @@
     <w:rsid w:val="00900A17"/>
     <w:rsid w:val="0090342B"/>
     <w:rsid w:val="00904458"/>
     <w:rsid w:val="009049E8"/>
     <w:rsid w:val="00905603"/>
     <w:rsid w:val="00907494"/>
     <w:rsid w:val="00913512"/>
     <w:rsid w:val="00913905"/>
     <w:rsid w:val="00914221"/>
     <w:rsid w:val="0091497D"/>
     <w:rsid w:val="009175D4"/>
     <w:rsid w:val="00920E31"/>
     <w:rsid w:val="00922694"/>
     <w:rsid w:val="00922D30"/>
     <w:rsid w:val="00922F82"/>
     <w:rsid w:val="00924FB0"/>
     <w:rsid w:val="00925ADC"/>
     <w:rsid w:val="0092677E"/>
     <w:rsid w:val="00926CC1"/>
     <w:rsid w:val="009273EB"/>
     <w:rsid w:val="00930A98"/>
     <w:rsid w:val="00931D0B"/>
     <w:rsid w:val="00933068"/>
     <w:rsid w:val="0093599C"/>
     <w:rsid w:val="009370FB"/>
+    <w:rsid w:val="00941DD8"/>
     <w:rsid w:val="00951562"/>
     <w:rsid w:val="00951765"/>
     <w:rsid w:val="009522E2"/>
     <w:rsid w:val="00953D98"/>
     <w:rsid w:val="00962F2F"/>
     <w:rsid w:val="00964337"/>
     <w:rsid w:val="0096453E"/>
     <w:rsid w:val="00964AA3"/>
     <w:rsid w:val="00964DF5"/>
     <w:rsid w:val="0096795E"/>
     <w:rsid w:val="00972802"/>
     <w:rsid w:val="00972D0A"/>
     <w:rsid w:val="00973E2D"/>
     <w:rsid w:val="00977C4D"/>
     <w:rsid w:val="0098031F"/>
     <w:rsid w:val="00980498"/>
     <w:rsid w:val="0098190A"/>
     <w:rsid w:val="00981AB3"/>
     <w:rsid w:val="00983023"/>
     <w:rsid w:val="009837B1"/>
     <w:rsid w:val="00983D06"/>
     <w:rsid w:val="00986816"/>
     <w:rsid w:val="00990C64"/>
     <w:rsid w:val="00993332"/>
     <w:rsid w:val="009945E7"/>
     <w:rsid w:val="00995339"/>
     <w:rsid w:val="00997650"/>
     <w:rsid w:val="009A0FEE"/>
     <w:rsid w:val="009A2680"/>
     <w:rsid w:val="009A2EC9"/>
     <w:rsid w:val="009A2F65"/>
     <w:rsid w:val="009A4B23"/>
     <w:rsid w:val="009A75D1"/>
     <w:rsid w:val="009B5F1B"/>
     <w:rsid w:val="009B70AD"/>
     <w:rsid w:val="009C15B8"/>
     <w:rsid w:val="009C1A0A"/>
     <w:rsid w:val="009C2B36"/>
+    <w:rsid w:val="009C5666"/>
     <w:rsid w:val="009C5C19"/>
     <w:rsid w:val="009C5E2B"/>
     <w:rsid w:val="009C7A99"/>
     <w:rsid w:val="009C7BA8"/>
     <w:rsid w:val="009D06FC"/>
     <w:rsid w:val="009D0BBF"/>
     <w:rsid w:val="009D0E13"/>
     <w:rsid w:val="009D15EC"/>
     <w:rsid w:val="009D1CC7"/>
     <w:rsid w:val="009D61C2"/>
     <w:rsid w:val="009D7DC6"/>
     <w:rsid w:val="009E0676"/>
     <w:rsid w:val="009E1ED2"/>
     <w:rsid w:val="009E26DA"/>
     <w:rsid w:val="009E276A"/>
     <w:rsid w:val="009E3B9E"/>
     <w:rsid w:val="009E3D30"/>
     <w:rsid w:val="009E6DB6"/>
     <w:rsid w:val="009F0F9B"/>
     <w:rsid w:val="009F10F7"/>
     <w:rsid w:val="009F15AF"/>
     <w:rsid w:val="009F29BA"/>
     <w:rsid w:val="009F586E"/>
     <w:rsid w:val="009F67D6"/>
     <w:rsid w:val="00A005B5"/>
@@ -21852,50 +22126,51 @@
     <w:rsid w:val="00A12A91"/>
     <w:rsid w:val="00A14338"/>
     <w:rsid w:val="00A147DD"/>
     <w:rsid w:val="00A155F3"/>
     <w:rsid w:val="00A157B4"/>
     <w:rsid w:val="00A159E7"/>
     <w:rsid w:val="00A164ED"/>
     <w:rsid w:val="00A2058E"/>
     <w:rsid w:val="00A213A0"/>
     <w:rsid w:val="00A219EB"/>
     <w:rsid w:val="00A22E4D"/>
     <w:rsid w:val="00A26105"/>
     <w:rsid w:val="00A26D55"/>
     <w:rsid w:val="00A27B3F"/>
     <w:rsid w:val="00A317CF"/>
     <w:rsid w:val="00A33464"/>
     <w:rsid w:val="00A33784"/>
     <w:rsid w:val="00A352FA"/>
     <w:rsid w:val="00A35B69"/>
     <w:rsid w:val="00A35E89"/>
     <w:rsid w:val="00A35FD7"/>
     <w:rsid w:val="00A37464"/>
     <w:rsid w:val="00A376BD"/>
     <w:rsid w:val="00A430EA"/>
     <w:rsid w:val="00A45368"/>
+    <w:rsid w:val="00A47C60"/>
     <w:rsid w:val="00A518E1"/>
     <w:rsid w:val="00A54ECA"/>
     <w:rsid w:val="00A55370"/>
     <w:rsid w:val="00A5764C"/>
     <w:rsid w:val="00A6032A"/>
     <w:rsid w:val="00A61B74"/>
     <w:rsid w:val="00A6224F"/>
     <w:rsid w:val="00A6326E"/>
     <w:rsid w:val="00A63381"/>
     <w:rsid w:val="00A63B13"/>
     <w:rsid w:val="00A640EC"/>
     <w:rsid w:val="00A655BE"/>
     <w:rsid w:val="00A66A84"/>
     <w:rsid w:val="00A712BE"/>
     <w:rsid w:val="00A73403"/>
     <w:rsid w:val="00A73BFA"/>
     <w:rsid w:val="00A73C16"/>
     <w:rsid w:val="00A74AD7"/>
     <w:rsid w:val="00A76728"/>
     <w:rsid w:val="00A7771A"/>
     <w:rsid w:val="00A808F7"/>
     <w:rsid w:val="00A81528"/>
     <w:rsid w:val="00A81D41"/>
     <w:rsid w:val="00A83A7D"/>
     <w:rsid w:val="00A83CCF"/>
@@ -21919,124 +22194,127 @@
     <w:rsid w:val="00AB37DF"/>
     <w:rsid w:val="00AB4057"/>
     <w:rsid w:val="00AB455D"/>
     <w:rsid w:val="00AB5804"/>
     <w:rsid w:val="00AC0043"/>
     <w:rsid w:val="00AC0D38"/>
     <w:rsid w:val="00AC0D68"/>
     <w:rsid w:val="00AC111E"/>
     <w:rsid w:val="00AC17AA"/>
     <w:rsid w:val="00AC2D3A"/>
     <w:rsid w:val="00AC4B91"/>
     <w:rsid w:val="00AC53F5"/>
     <w:rsid w:val="00AC5A57"/>
     <w:rsid w:val="00AD1C41"/>
     <w:rsid w:val="00AD2871"/>
     <w:rsid w:val="00AD2FAC"/>
     <w:rsid w:val="00AD31CA"/>
     <w:rsid w:val="00AD4239"/>
     <w:rsid w:val="00AD4869"/>
     <w:rsid w:val="00AD5138"/>
     <w:rsid w:val="00AD60C8"/>
     <w:rsid w:val="00AE0214"/>
     <w:rsid w:val="00AE4548"/>
     <w:rsid w:val="00AE775D"/>
     <w:rsid w:val="00AF052C"/>
+    <w:rsid w:val="00AF4C0C"/>
     <w:rsid w:val="00AF5D12"/>
     <w:rsid w:val="00AF7BF1"/>
     <w:rsid w:val="00B0184A"/>
     <w:rsid w:val="00B01AB1"/>
     <w:rsid w:val="00B01CCB"/>
     <w:rsid w:val="00B03DB9"/>
     <w:rsid w:val="00B056C4"/>
     <w:rsid w:val="00B1005E"/>
     <w:rsid w:val="00B124AE"/>
     <w:rsid w:val="00B12AF6"/>
     <w:rsid w:val="00B12D35"/>
     <w:rsid w:val="00B137FE"/>
     <w:rsid w:val="00B14E2A"/>
     <w:rsid w:val="00B20393"/>
     <w:rsid w:val="00B21C0B"/>
     <w:rsid w:val="00B24185"/>
     <w:rsid w:val="00B25A12"/>
     <w:rsid w:val="00B26AFE"/>
     <w:rsid w:val="00B332D0"/>
     <w:rsid w:val="00B34E42"/>
     <w:rsid w:val="00B36643"/>
     <w:rsid w:val="00B36644"/>
     <w:rsid w:val="00B36C58"/>
     <w:rsid w:val="00B41ABB"/>
     <w:rsid w:val="00B4280A"/>
     <w:rsid w:val="00B44BB2"/>
     <w:rsid w:val="00B45A68"/>
     <w:rsid w:val="00B45D43"/>
     <w:rsid w:val="00B46697"/>
     <w:rsid w:val="00B467BE"/>
     <w:rsid w:val="00B50486"/>
+    <w:rsid w:val="00B505D8"/>
     <w:rsid w:val="00B519B5"/>
     <w:rsid w:val="00B52BEF"/>
     <w:rsid w:val="00B53540"/>
     <w:rsid w:val="00B55A83"/>
     <w:rsid w:val="00B605FA"/>
     <w:rsid w:val="00B6076A"/>
     <w:rsid w:val="00B63037"/>
     <w:rsid w:val="00B6331C"/>
     <w:rsid w:val="00B6374B"/>
     <w:rsid w:val="00B6551E"/>
     <w:rsid w:val="00B665E2"/>
     <w:rsid w:val="00B66988"/>
     <w:rsid w:val="00B67157"/>
     <w:rsid w:val="00B705CB"/>
     <w:rsid w:val="00B7114D"/>
     <w:rsid w:val="00B71251"/>
     <w:rsid w:val="00B74BB1"/>
     <w:rsid w:val="00B7558C"/>
     <w:rsid w:val="00B767B8"/>
     <w:rsid w:val="00B76C13"/>
     <w:rsid w:val="00B7737D"/>
     <w:rsid w:val="00B80966"/>
     <w:rsid w:val="00B8115B"/>
     <w:rsid w:val="00B81887"/>
     <w:rsid w:val="00B82B0A"/>
     <w:rsid w:val="00B83A59"/>
     <w:rsid w:val="00B84A34"/>
     <w:rsid w:val="00B9060D"/>
     <w:rsid w:val="00B91733"/>
     <w:rsid w:val="00B922A0"/>
     <w:rsid w:val="00B949B7"/>
     <w:rsid w:val="00B94A56"/>
     <w:rsid w:val="00B94BCB"/>
     <w:rsid w:val="00B95B4D"/>
     <w:rsid w:val="00BA1F96"/>
     <w:rsid w:val="00BA7814"/>
     <w:rsid w:val="00BA7EC2"/>
     <w:rsid w:val="00BB37E0"/>
     <w:rsid w:val="00BB4E38"/>
     <w:rsid w:val="00BB7550"/>
     <w:rsid w:val="00BB7CB1"/>
     <w:rsid w:val="00BC0C2C"/>
     <w:rsid w:val="00BC0FF8"/>
+    <w:rsid w:val="00BC1BBB"/>
     <w:rsid w:val="00BC212D"/>
     <w:rsid w:val="00BC6337"/>
     <w:rsid w:val="00BC76CA"/>
     <w:rsid w:val="00BD03B4"/>
     <w:rsid w:val="00BD04C0"/>
     <w:rsid w:val="00BD0EEB"/>
     <w:rsid w:val="00BD2523"/>
     <w:rsid w:val="00BD37E7"/>
     <w:rsid w:val="00BD4FCA"/>
     <w:rsid w:val="00BD56D1"/>
     <w:rsid w:val="00BD63C3"/>
     <w:rsid w:val="00BD6460"/>
     <w:rsid w:val="00BD73CD"/>
     <w:rsid w:val="00BE4328"/>
     <w:rsid w:val="00BE54E9"/>
     <w:rsid w:val="00BE6C23"/>
     <w:rsid w:val="00BF09C9"/>
     <w:rsid w:val="00BF0A30"/>
     <w:rsid w:val="00BF2700"/>
     <w:rsid w:val="00BF2A2A"/>
     <w:rsid w:val="00BF4229"/>
     <w:rsid w:val="00BF4299"/>
     <w:rsid w:val="00BF538B"/>
     <w:rsid w:val="00BF5BAC"/>
     <w:rsid w:val="00BF6719"/>
@@ -22095,78 +22373,82 @@
     <w:rsid w:val="00C672F9"/>
     <w:rsid w:val="00C704E3"/>
     <w:rsid w:val="00C757C6"/>
     <w:rsid w:val="00C76C4C"/>
     <w:rsid w:val="00C8042B"/>
     <w:rsid w:val="00C8080A"/>
     <w:rsid w:val="00C80861"/>
     <w:rsid w:val="00C81D16"/>
     <w:rsid w:val="00C81D73"/>
     <w:rsid w:val="00C82198"/>
     <w:rsid w:val="00C850C5"/>
     <w:rsid w:val="00C8512D"/>
     <w:rsid w:val="00C959D3"/>
     <w:rsid w:val="00C968C9"/>
     <w:rsid w:val="00C96CA2"/>
     <w:rsid w:val="00C97DC2"/>
     <w:rsid w:val="00CA0041"/>
     <w:rsid w:val="00CA0850"/>
     <w:rsid w:val="00CA1AA6"/>
     <w:rsid w:val="00CA339B"/>
     <w:rsid w:val="00CA3E43"/>
     <w:rsid w:val="00CA418E"/>
     <w:rsid w:val="00CA5FE5"/>
     <w:rsid w:val="00CB049D"/>
     <w:rsid w:val="00CB09B9"/>
+    <w:rsid w:val="00CB1FEA"/>
+    <w:rsid w:val="00CB2C8B"/>
     <w:rsid w:val="00CB6B5D"/>
     <w:rsid w:val="00CC0CC8"/>
     <w:rsid w:val="00CC3D3A"/>
     <w:rsid w:val="00CC4440"/>
     <w:rsid w:val="00CC7270"/>
     <w:rsid w:val="00CD0093"/>
     <w:rsid w:val="00CD0A63"/>
     <w:rsid w:val="00CD0D9E"/>
     <w:rsid w:val="00CD1B0B"/>
     <w:rsid w:val="00CD3394"/>
     <w:rsid w:val="00CD5D26"/>
     <w:rsid w:val="00CD6688"/>
     <w:rsid w:val="00CE2652"/>
     <w:rsid w:val="00CE5F64"/>
     <w:rsid w:val="00CE60BB"/>
     <w:rsid w:val="00CF0ABB"/>
     <w:rsid w:val="00CF1788"/>
     <w:rsid w:val="00CF468A"/>
     <w:rsid w:val="00CF4E44"/>
     <w:rsid w:val="00D00CC8"/>
     <w:rsid w:val="00D00EA1"/>
     <w:rsid w:val="00D022AA"/>
     <w:rsid w:val="00D0267A"/>
     <w:rsid w:val="00D04187"/>
     <w:rsid w:val="00D0465D"/>
+    <w:rsid w:val="00D11A79"/>
     <w:rsid w:val="00D127D6"/>
     <w:rsid w:val="00D133C7"/>
     <w:rsid w:val="00D14A53"/>
+    <w:rsid w:val="00D173F2"/>
     <w:rsid w:val="00D21D5D"/>
     <w:rsid w:val="00D22EA8"/>
     <w:rsid w:val="00D23242"/>
     <w:rsid w:val="00D2461A"/>
     <w:rsid w:val="00D265A5"/>
     <w:rsid w:val="00D30EEE"/>
     <w:rsid w:val="00D317CF"/>
     <w:rsid w:val="00D32BA6"/>
     <w:rsid w:val="00D362A8"/>
     <w:rsid w:val="00D3703C"/>
     <w:rsid w:val="00D37BCE"/>
     <w:rsid w:val="00D40913"/>
     <w:rsid w:val="00D50F3D"/>
     <w:rsid w:val="00D517DD"/>
     <w:rsid w:val="00D5238F"/>
     <w:rsid w:val="00D52850"/>
     <w:rsid w:val="00D5398B"/>
     <w:rsid w:val="00D53D4F"/>
     <w:rsid w:val="00D54D4E"/>
     <w:rsid w:val="00D550D1"/>
     <w:rsid w:val="00D56116"/>
     <w:rsid w:val="00D57F7D"/>
     <w:rsid w:val="00D63B0A"/>
     <w:rsid w:val="00D66142"/>
     <w:rsid w:val="00D663F2"/>
@@ -22224,137 +22506,140 @@
     <w:rsid w:val="00DF00D0"/>
     <w:rsid w:val="00DF09D5"/>
     <w:rsid w:val="00DF18B3"/>
     <w:rsid w:val="00DF2547"/>
     <w:rsid w:val="00DF3B0D"/>
     <w:rsid w:val="00DF4048"/>
     <w:rsid w:val="00DF4464"/>
     <w:rsid w:val="00DF53FF"/>
     <w:rsid w:val="00DF59A3"/>
     <w:rsid w:val="00DF6377"/>
     <w:rsid w:val="00DF6B8B"/>
     <w:rsid w:val="00E000F9"/>
     <w:rsid w:val="00E043F2"/>
     <w:rsid w:val="00E04448"/>
     <w:rsid w:val="00E1067E"/>
     <w:rsid w:val="00E109ED"/>
     <w:rsid w:val="00E136B0"/>
     <w:rsid w:val="00E143E8"/>
     <w:rsid w:val="00E155F0"/>
     <w:rsid w:val="00E174B5"/>
     <w:rsid w:val="00E17523"/>
     <w:rsid w:val="00E21A81"/>
     <w:rsid w:val="00E23078"/>
     <w:rsid w:val="00E23276"/>
     <w:rsid w:val="00E2364A"/>
+    <w:rsid w:val="00E23F3E"/>
     <w:rsid w:val="00E25379"/>
     <w:rsid w:val="00E26B98"/>
     <w:rsid w:val="00E3084A"/>
     <w:rsid w:val="00E31EF5"/>
     <w:rsid w:val="00E34A9F"/>
     <w:rsid w:val="00E34AE5"/>
     <w:rsid w:val="00E35375"/>
     <w:rsid w:val="00E37E4E"/>
     <w:rsid w:val="00E40722"/>
     <w:rsid w:val="00E44EDC"/>
     <w:rsid w:val="00E47B20"/>
     <w:rsid w:val="00E504E3"/>
     <w:rsid w:val="00E51061"/>
     <w:rsid w:val="00E533AA"/>
     <w:rsid w:val="00E55E41"/>
     <w:rsid w:val="00E60397"/>
     <w:rsid w:val="00E62998"/>
     <w:rsid w:val="00E65C1C"/>
     <w:rsid w:val="00E65CEF"/>
     <w:rsid w:val="00E6665F"/>
     <w:rsid w:val="00E67E04"/>
     <w:rsid w:val="00E7002D"/>
     <w:rsid w:val="00E70C97"/>
     <w:rsid w:val="00E712AD"/>
     <w:rsid w:val="00E731DC"/>
     <w:rsid w:val="00E744B6"/>
     <w:rsid w:val="00E7623F"/>
     <w:rsid w:val="00E763C2"/>
     <w:rsid w:val="00E765CF"/>
     <w:rsid w:val="00E7700B"/>
     <w:rsid w:val="00E77E00"/>
     <w:rsid w:val="00E811BF"/>
     <w:rsid w:val="00E85544"/>
     <w:rsid w:val="00E9335A"/>
     <w:rsid w:val="00E93AAE"/>
     <w:rsid w:val="00E95B90"/>
     <w:rsid w:val="00E95D7E"/>
     <w:rsid w:val="00E9689F"/>
     <w:rsid w:val="00E97501"/>
     <w:rsid w:val="00E97529"/>
     <w:rsid w:val="00E9799C"/>
     <w:rsid w:val="00EA0409"/>
     <w:rsid w:val="00EA0ABF"/>
     <w:rsid w:val="00EA2539"/>
     <w:rsid w:val="00EA6B82"/>
+    <w:rsid w:val="00EB1093"/>
     <w:rsid w:val="00EB1E01"/>
     <w:rsid w:val="00EB1FB2"/>
     <w:rsid w:val="00EB5479"/>
     <w:rsid w:val="00EB59D8"/>
     <w:rsid w:val="00EB65DA"/>
     <w:rsid w:val="00EC0868"/>
     <w:rsid w:val="00EC09B5"/>
     <w:rsid w:val="00EC3C37"/>
     <w:rsid w:val="00EC4FCA"/>
     <w:rsid w:val="00EC58B5"/>
     <w:rsid w:val="00EC649C"/>
     <w:rsid w:val="00EC67CE"/>
     <w:rsid w:val="00ED0FB5"/>
     <w:rsid w:val="00ED12CC"/>
     <w:rsid w:val="00ED15C6"/>
     <w:rsid w:val="00ED15E4"/>
     <w:rsid w:val="00ED1BDF"/>
     <w:rsid w:val="00ED27FF"/>
     <w:rsid w:val="00ED3F00"/>
     <w:rsid w:val="00ED4D50"/>
     <w:rsid w:val="00ED5B12"/>
     <w:rsid w:val="00EE0B9A"/>
     <w:rsid w:val="00EE0C76"/>
     <w:rsid w:val="00EE28F7"/>
     <w:rsid w:val="00EE370B"/>
     <w:rsid w:val="00EE382B"/>
     <w:rsid w:val="00EE40D0"/>
     <w:rsid w:val="00EF12F1"/>
     <w:rsid w:val="00EF171A"/>
     <w:rsid w:val="00EF3B10"/>
     <w:rsid w:val="00EF3F26"/>
     <w:rsid w:val="00EF57C6"/>
     <w:rsid w:val="00EF5B8D"/>
     <w:rsid w:val="00F001F3"/>
     <w:rsid w:val="00F00356"/>
     <w:rsid w:val="00F01905"/>
     <w:rsid w:val="00F065DB"/>
     <w:rsid w:val="00F10F71"/>
     <w:rsid w:val="00F110AB"/>
     <w:rsid w:val="00F12058"/>
     <w:rsid w:val="00F12187"/>
     <w:rsid w:val="00F14C98"/>
+    <w:rsid w:val="00F157D1"/>
     <w:rsid w:val="00F15E51"/>
     <w:rsid w:val="00F21F0B"/>
     <w:rsid w:val="00F22260"/>
     <w:rsid w:val="00F23970"/>
     <w:rsid w:val="00F239DD"/>
     <w:rsid w:val="00F23ECB"/>
     <w:rsid w:val="00F262AF"/>
     <w:rsid w:val="00F302E6"/>
     <w:rsid w:val="00F322C4"/>
     <w:rsid w:val="00F32A00"/>
     <w:rsid w:val="00F32C54"/>
     <w:rsid w:val="00F37C7D"/>
     <w:rsid w:val="00F42D07"/>
     <w:rsid w:val="00F432C8"/>
     <w:rsid w:val="00F43B75"/>
     <w:rsid w:val="00F445D3"/>
     <w:rsid w:val="00F45E2C"/>
     <w:rsid w:val="00F4647F"/>
     <w:rsid w:val="00F46BFE"/>
     <w:rsid w:val="00F46FEF"/>
     <w:rsid w:val="00F47EF7"/>
     <w:rsid w:val="00F502F2"/>
     <w:rsid w:val="00F519F2"/>
     <w:rsid w:val="00F51A96"/>
     <w:rsid w:val="00F53C4F"/>
@@ -22403,50 +22688,51 @@
     <w:rsid w:val="00FA4402"/>
     <w:rsid w:val="00FA4B60"/>
     <w:rsid w:val="00FA4C58"/>
     <w:rsid w:val="00FA5E07"/>
     <w:rsid w:val="00FA6648"/>
     <w:rsid w:val="00FA78BB"/>
     <w:rsid w:val="00FB0906"/>
     <w:rsid w:val="00FB0D84"/>
     <w:rsid w:val="00FB5124"/>
     <w:rsid w:val="00FB534B"/>
     <w:rsid w:val="00FB6B62"/>
     <w:rsid w:val="00FC1918"/>
     <w:rsid w:val="00FC2517"/>
     <w:rsid w:val="00FC46AA"/>
     <w:rsid w:val="00FC4BC7"/>
     <w:rsid w:val="00FC53D2"/>
     <w:rsid w:val="00FC7BD5"/>
     <w:rsid w:val="00FD03CA"/>
     <w:rsid w:val="00FD05E4"/>
     <w:rsid w:val="00FD0868"/>
     <w:rsid w:val="00FD19AB"/>
     <w:rsid w:val="00FD2BFB"/>
     <w:rsid w:val="00FD4E60"/>
     <w:rsid w:val="00FE10D7"/>
     <w:rsid w:val="00FE2224"/>
+    <w:rsid w:val="00FE303B"/>
     <w:rsid w:val="00FE3F53"/>
     <w:rsid w:val="00FE40AA"/>
     <w:rsid w:val="00FE438D"/>
     <w:rsid w:val="00FE45FE"/>
     <w:rsid w:val="00FE5C04"/>
     <w:rsid w:val="00FF3F72"/>
     <w:rsid w:val="00FF6DFE"/>
     <w:rsid w:val="00FF7802"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -22838,57 +23124,57 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00194D60"/>
+    <w:rsid w:val="007B4559"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="0014276E"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="60"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="49600D" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -22951,60 +23237,59 @@
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C5426"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00001412"/>
+    <w:rsid w:val="007B4559"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="60"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:qFormat/>
     <w:rsid w:val="00907494"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
@@ -23338,51 +23623,51 @@
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F64D6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
-    <w:rsid w:val="00001412"/>
+    <w:rsid w:val="007B4559"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:rsid w:val="00907494"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
@@ -23532,51 +23817,50 @@
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List6">
     <w:name w:val="List 6"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00907494"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D317CF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D317CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00907494"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
@@ -24281,53 +24565,50 @@
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nootje">
     <w:name w:val="Nootje"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D37BCE"/>
     <w:pPr>
       <w:spacing w:before="60"/>
       <w:ind w:left="68" w:hanging="68"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0098031F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005114C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
@@ -24528,959 +24809,959 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="466D3EF5DF904799AB2D68516CA64450"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C4EF1670-A27D-4396-8A9D-650855BC5510}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="466D3EF5DF904799AB2D68516CA644501"/>
+            <w:pStyle w:val="466D3EF5DF904799AB2D68516CA64450"/>
           </w:pPr>
           <w:r w:rsidRPr="003863B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D23B4F3F3DAC4983AB6889DFD368C267"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6DFF3132-5B02-44ED-87C2-B5F53F024CBD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="D23B4F3F3DAC4983AB6889DFD368C2671"/>
+            <w:pStyle w:val="D23B4F3F3DAC4983AB6889DFD368C267"/>
           </w:pPr>
           <w:r w:rsidRPr="003863B3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="468B48AB197C4D6AADA44F74220B9AFF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA0E441F-2CF9-47ED-8CCC-8E2F0C4F934E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="468B48AB197C4D6AADA44F74220B9AFF1"/>
+            <w:pStyle w:val="468B48AB197C4D6AADA44F74220B9AFF"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Klik voor datum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A87F8CEFBD9845278BFC1932A06FB808"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9F25FF1E-D3CE-4DF9-B03C-E3F7FC1A636A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A87F8CEFBD9845278BFC1932A06FB8081"/>
+            <w:pStyle w:val="A87F8CEFBD9845278BFC1932A06FB808"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Klik voor datum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BD1AB86684924702AAC24969AA36D520"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9DA93D3F-77AA-472D-A8FA-6C77D9CCF903}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="BD1AB86684924702AAC24969AA36D5201"/>
+            <w:pStyle w:val="BD1AB86684924702AAC24969AA36D520"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7576EAA-3EB5-486E-A871-FC7C3AA8625B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="2CCCA25A63DF4C348F5D6CF02D648A8A1"/>
+            <w:pStyle w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
           </w:pPr>
           <w:r w:rsidRPr="0082494C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A241CCA5822D4564B4B28A53F38EEE3B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5639A962-B8DF-43BA-8E0F-6B2FFAAE7E64}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A241CCA5822D4564B4B28A53F38EEE3B1"/>
+            <w:pStyle w:val="A241CCA5822D4564B4B28A53F38EEE3B"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A3E6FBBF1C37480EBDE03F4149A46CBC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF0C9450-19D8-49C0-8CFD-7E8E3D4582DA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A3E6FBBF1C37480EBDE03F4149A46CBC1"/>
+            <w:pStyle w:val="A3E6FBBF1C37480EBDE03F4149A46CBC"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="651C787EAF1842739CF63A896597AA50"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{852E016D-0ED0-4533-BE22-F4E997A33E45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="651C787EAF1842739CF63A896597AA501"/>
+            <w:pStyle w:val="651C787EAF1842739CF63A896597AA50"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1EB766882D984D4691529005105C69CF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F253A7A4-5647-4803-A292-F71C7C4440C3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="1EB766882D984D4691529005105C69CF1"/>
+            <w:pStyle w:val="1EB766882D984D4691529005105C69CF"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDD11C7F-B3BF-410B-A774-694DA0758F10}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A2C0293A21B4499FA5618CE7693ADBB01"/>
+            <w:pStyle w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Keuze</w:t>
           </w:r>
           <w:r w:rsidRPr="006B1B92">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5631F2EAB5D945CAAB762CB864A5E114"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9572EBC7-7EA6-4F33-B176-BBF3FD18AD36}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="5631F2EAB5D945CAAB762CB864A5E1141"/>
+            <w:pStyle w:val="5631F2EAB5D945CAAB762CB864A5E114"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Keuze</w:t>
           </w:r>
           <w:r w:rsidRPr="006B1B92">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B270439F84644240BE9DA37E5F08D927"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2CC87818-3283-47D0-9831-4F6BF4A8D412}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="B270439F84644240BE9DA37E5F08D9271"/>
+            <w:pStyle w:val="B270439F84644240BE9DA37E5F08D927"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Keuze</w:t>
           </w:r>
           <w:r w:rsidRPr="006B1B92">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7FB1C9B675854BE3B573B30BC84DFE49"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FDEF7413-5408-48BD-B8D0-CF6A090A408E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="005827F2">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="005827F2">
           <w:pPr>
             <w:pStyle w:val="7FB1C9B675854BE3B573B30BC84DFE49"/>
           </w:pPr>
           <w:r w:rsidRPr="00315A89">
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0B61BAFD3464682B7C1DAD3377E1702"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34AA66DB-150A-4405-8B0B-2592202E2252}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="005827F2">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="005827F2">
           <w:pPr>
             <w:pStyle w:val="B0B61BAFD3464682B7C1DAD3377E1702"/>
           </w:pPr>
           <w:r w:rsidRPr="00315A89">
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3FC63941C0954CBEB0F5FF689D644C4C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ECBC74B9-D7CC-42C9-8296-9E5E49EACEAA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="005827F2">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="005827F2">
           <w:pPr>
             <w:pStyle w:val="3FC63941C0954CBEB0F5FF689D644C4C"/>
           </w:pPr>
           <w:r w:rsidRPr="00315A89">
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="375AE364A1484F6FA54FB60B8D434AB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{72CA87D4-A11B-4AA6-802A-3EB60E4DFB1F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="005827F2">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="005827F2">
           <w:pPr>
             <w:pStyle w:val="375AE364A1484F6FA54FB60B8D434AB0"/>
           </w:pPr>
           <w:r w:rsidRPr="00315A89">
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A4EEEA1E08F47D59CDD2B49E4A05B68"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24407225-17E5-44BA-9F3C-E55331723799}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="009A5932" w:rsidP="005827F2">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="006902EF" w:rsidP="005827F2">
           <w:pPr>
             <w:pStyle w:val="6A4EEEA1E08F47D59CDD2B49E4A05B68"/>
           </w:pPr>
           <w:r w:rsidRPr="00315A89">
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A924651F36A2490EBF6735F8608FA069"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{725A9697-A1E1-4AB1-A76A-132F452451EE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E67FE3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00E67FE3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A924651F36A2490EBF6735F8608FA0691"/>
+            <w:pStyle w:val="A924651F36A2490EBF6735F8608FA069"/>
           </w:pPr>
           <w:r w:rsidRPr="000A74FC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3479D98949F14544BB1CC4EE586E8993"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5A045033-25C4-4895-AC30-BA87605B4632}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E67FE3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00E67FE3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="3479D98949F14544BB1CC4EE586E89931"/>
+            <w:pStyle w:val="3479D98949F14544BB1CC4EE586E8993"/>
           </w:pPr>
           <w:r w:rsidRPr="007542DA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Keuze</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FFD531BDFBAE4C8C86E20AC91B47E3C0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AA2A046-9A5E-48DF-82DD-71BD21EF755A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00244368" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00244368" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="FFD531BDFBAE4C8C86E20AC91B47E3C01"/>
+            <w:pStyle w:val="FFD531BDFBAE4C8C86E20AC91B47E3C0"/>
           </w:pPr>
           <w:r w:rsidRPr="003549DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BFE37A42BCDC4C7CA24FA195AB356828"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF5A5BB7-6945-475D-9383-B1122A31EE66}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00244368" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00244368" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="BFE37A42BCDC4C7CA24FA195AB3568281"/>
+            <w:pStyle w:val="BFE37A42BCDC4C7CA24FA195AB356828"/>
           </w:pPr>
           <w:r w:rsidRPr="005117FC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times" w:cs="Calibri"/>
             </w:rPr>
             <w:t>Naam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="58BA8486823A425897D4ED302F7C2B10"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C714D994-19D1-4374-90D9-CB0D4A11BB5F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00244368" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00244368" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="58BA8486823A425897D4ED302F7C2B101"/>
+            <w:pStyle w:val="58BA8486823A425897D4ED302F7C2B10"/>
           </w:pPr>
           <w:r w:rsidRPr="005117FC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Calibri"/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6637AB4EBEEC4295B111131F664CE48F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E74CAC6F-F4ED-4F3E-B9B3-24825563A190}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00244368" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00244368" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="6637AB4EBEEC4295B111131F664CE48F1"/>
+            <w:pStyle w:val="6637AB4EBEEC4295B111131F664CE48F"/>
           </w:pPr>
           <w:r w:rsidRPr="005117FC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Calibri"/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F8F6328A54554DE39285552A6E7750B7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AAEBA827-CE2B-4055-9B5B-A93FA1DF9FA6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00244368" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00244368" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="F8F6328A54554DE39285552A6E7750B71"/>
+            <w:pStyle w:val="F8F6328A54554DE39285552A6E7750B7"/>
           </w:pPr>
           <w:r w:rsidRPr="005117FC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cs="Calibri"/>
             </w:rPr>
             <w:t>Datum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8ABDCA49C8874B8680E9E1718EB9F4FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8C2F0DE1-A238-4AC5-BF98-9069D3541163}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D14D3B" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00D14D3B" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="8ABDCA49C8874B8680E9E1718EB9F4FA1"/>
+            <w:pStyle w:val="8ABDCA49C8874B8680E9E1718EB9F4FA"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9068D65C57DF462FBA3ADFFB8573E54E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9F709B4D-E079-45B0-86D4-A3C9C43F6558}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D14D3B" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00D14D3B" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="9068D65C57DF462FBA3ADFFB8573E54E1"/>
+            <w:pStyle w:val="9068D65C57DF462FBA3ADFFB8573E54E"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A1E90F021DCE49A1915437AE92D82A10"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{829BA64E-C423-46B1-9E01-0852670F8AA4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C716CC" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C716CC" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A1E90F021DCE49A1915437AE92D82A101"/>
+            <w:pStyle w:val="A1E90F021DCE49A1915437AE92D82A10"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="83BD257A894F438C86BD91A44A732F34"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A9893F8A-1486-4D24-8DE3-D5C93F9EB974}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C716CC" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C716CC" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="83BD257A894F438C86BD91A44A732F341"/>
+            <w:pStyle w:val="83BD257A894F438C86BD91A44A732F34"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Kies diersoort</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ACDA3983F07B4C598BB62B36C7AE324C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DD7A2715-FEDF-4859-95B7-4B39EB0A1B84}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004343AA" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="004343AA" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="ACDA3983F07B4C598BB62B36C7AE324C1"/>
+            <w:pStyle w:val="ACDA3983F07B4C598BB62B36C7AE324C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9216F24BABA247E7A1D02CF251E7F930"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1896926C-D0FF-46C3-8F64-75D5EF853093}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004343AA" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="004343AA" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="9216F24BABA247E7A1D02CF251E7F9301"/>
+            <w:pStyle w:val="9216F24BABA247E7A1D02CF251E7F930"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Kies</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="652EDB8C12FA4B0DB3A029C569C8A293"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{02A02283-B89A-4991-BA17-2FEA3E7A3D4C}"/>
       </w:docPartPr>
@@ -25613,367 +25894,373 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4CE976BB3000442AB38D021DB0A8CD68"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74F9B8C0-FE7E-4B58-9E03-31284483D9A3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="4CE976BB3000442AB38D021DB0A8CD68"/>
+            <w:pStyle w:val="4CE976BB3000442AB38D021DB0A8CD681"/>
           </w:pPr>
           <w:r w:rsidRPr="00C704E3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>IG-nummer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A787C583CBDF4F2DBE0A60397CF84227"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3F7845DC-A95B-412D-932E-03E85AAC0E76}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A787C583CBDF4F2DBE0A60397CF84227"/>
+            <w:pStyle w:val="A787C583CBDF4F2DBE0A60397CF842271"/>
           </w:pPr>
           <w:r w:rsidRPr="00C704E3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>IG-nummer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{294E7410-9354-4363-ADAA-4DB5F1EFE6D3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="5E5D2F3869104AEAAC64F37AA218E5091"/>
+            <w:pStyle w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
           </w:pPr>
-          <w:r w:rsidRPr="00B922A0">
+          <w:r w:rsidRPr="00A47C60">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2444A7EDE91044A6B969594F3726862A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{38760D78-A598-4AEB-9967-4861F41799D2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="2444A7EDE91044A6B969594F3726862A1"/>
+            <w:pStyle w:val="2444A7EDE91044A6B969594F3726862A"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00A47C60">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:eastAsia="Times"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C98C05FF0F9545ED84D9C0D3E561E191"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{711C45E6-BF26-4700-B743-CAA02E1BE824}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="C98C05FF0F9545ED84D9C0D3E561E1911"/>
+            <w:pStyle w:val="C98C05FF0F9545ED84D9C0D3E561E191"/>
           </w:pPr>
-          <w:r w:rsidRPr="000260E8">
+          <w:r w:rsidRPr="00A47C60">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:eastAsia="Times"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>naam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="50E723F5AFB5483593B557FD94D2046E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FCBA089A-079F-43BB-9D57-CB98F4CB4FA8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="50E723F5AFB5483593B557FD94D2046E1"/>
+            <w:pStyle w:val="50E723F5AFB5483593B557FD94D2046E"/>
           </w:pPr>
           <w:r w:rsidRPr="007B4451">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="86E717CA6D434371848940B26500FF17"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDBED7AF-2BA2-4281-92E6-74CDA01122A3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="86E717CA6D434371848940B26500FF171"/>
+            <w:pStyle w:val="86E717CA6D434371848940B26500FF17"/>
           </w:pPr>
           <w:r w:rsidRPr="00A159E7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F3A6E8414A94D7A838A8AB247AE58E0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC199305-2EF2-4087-B477-BC310B1B959B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="4F3A6E8414A94D7A838A8AB247AE58E01"/>
+            <w:pStyle w:val="4F3A6E8414A94D7A838A8AB247AE58E0"/>
           </w:pPr>
           <w:r w:rsidRPr="00A159E7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5DA393D4EE12440A81C817BEC8F5DDC1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{980D46AB-0A7D-4F10-8C3B-A01CBEED4A41}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="5DA393D4EE12440A81C817BEC8F5DDC11"/>
+            <w:pStyle w:val="5DA393D4EE12440A81C817BEC8F5DDC1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Sex</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D726A12ED04D44CBA66AF96E31306C1A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DFC77DE5-AF4A-4D87-ACCA-74003C2D2D91}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="D726A12ED04D44CBA66AF96E31306C1A1"/>
+            <w:pStyle w:val="D726A12ED04D44CBA66AF96E31306C1A"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Genotype</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37A41B1F15854D84917DDBB517A1084A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{46879A86-5D99-4DDC-A549-C7CFD11B6578}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="37A41B1F15854D84917DDBB517A1084A1"/>
+            <w:pStyle w:val="37A41B1F15854D84917DDBB517A1084A"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Sex</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BC688FAC9E82449CBC3F2339257CC636"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{111BD34E-6F67-4D79-A263-0C38BE2CC5B7}"/>
@@ -25987,453 +26274,453 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14E99615568B446382161B72D8005782"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DAF5097B-DF02-49FB-9ED3-B12A56090311}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="14E99615568B446382161B72D80057821"/>
+            <w:pStyle w:val="14E99615568B446382161B72D8005782"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Genotype</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="362D92F798F64FBFAEE45D2C587CC36C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{458E3073-9759-4299-83B4-6960A016DEAF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="362D92F798F64FBFAEE45D2C587CC36C1"/>
+            <w:pStyle w:val="362D92F798F64FBFAEE45D2C587CC36C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B1839847232D41ED9440D35017B7B00E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{10544533-DF82-47E8-9E64-6565A4BC8AD4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="B1839847232D41ED9440D35017B7B00E1"/>
+            <w:pStyle w:val="B1839847232D41ED9440D35017B7B00E"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Stam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0FCC9264A9D4A31854489AFB0372996"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{896FD89D-51FC-467D-B1F2-1E013FA4D915}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="A0FCC9264A9D4A31854489AFB03729961"/>
+            <w:pStyle w:val="A0FCC9264A9D4A31854489AFB0372996"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Stam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D518F1336EFF4697850B994D4980C6A8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA4989FE-63E5-4F36-891C-F6FF3B0EA2E0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="D518F1336EFF4697850B994D4980C6A81"/>
+            <w:pStyle w:val="D518F1336EFF4697850B994D4980C6A8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB279FD621424AA1A21424C1D3082830"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{233A43CC-A614-4924-B7A5-D806802C873B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="DB279FD621424AA1A21424C1D30828301"/>
+            <w:pStyle w:val="DB279FD621424AA1A21424C1D3082830"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9D68D8362DA64913B415FD82FBEA2976"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{81990552-DFE4-489C-8D17-341FAAFC8EEA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="9D68D8362DA64913B415FD82FBEA29761"/>
+            <w:pStyle w:val="9D68D8362DA64913B415FD82FBEA2976"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B3F65BE09435419CA3A1A50C7C5EDAD0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5A567831-F9BC-4BF8-A96A-FCB2DB7519FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="B3F65BE09435419CA3A1A50C7C5EDAD01"/>
+            <w:pStyle w:val="B3F65BE09435419CA3A1A50C7C5EDAD0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C8BFB10FA7524AF8A6BBD42DD5BA7253"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7CB38793-262B-47AD-9A9E-331499391725}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="C8BFB10FA7524AF8A6BBD42DD5BA72531"/>
+            <w:pStyle w:val="C8BFB10FA7524AF8A6BBD42DD5BA7253"/>
           </w:pPr>
           <w:r w:rsidRPr="00234217">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Klik om in te vullen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2064A6259F8D401CB32C5DC10EC3A98B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F37B35CC-570E-4173-AE47-31E6228A184F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CC1839" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00CC1839" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="2064A6259F8D401CB32C5DC10EC3A98B1"/>
+            <w:pStyle w:val="2064A6259F8D401CB32C5DC10EC3A98B"/>
           </w:pPr>
           <w:r w:rsidRPr="00234217">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Klik om in te vullen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F398CC4E-E706-43D2-915D-99389CBB7AD5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C312D3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C312D3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD1"/>
+            <w:pStyle w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E1901563468408897A08EDC7B6425AC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA4D3B0D-E9D9-418A-BA59-53F707C32327}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C312D3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C312D3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="9E1901563468408897A08EDC7B6425AC1"/>
+            <w:pStyle w:val="9E1901563468408897A08EDC7B6425AC"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1DD30DEDC3745FEB46A7B3228D6E697"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4768CFAB-B9A9-472F-9E68-DA9AE1B1B5CF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C312D3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C312D3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="E1DD30DEDC3745FEB46A7B3228D6E6971"/>
+            <w:pStyle w:val="E1DD30DEDC3745FEB46A7B3228D6E697"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DDC6246F4FD4491B93A1E281A6C33523"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3FA801AA-165F-4C9D-B25C-4723390068D6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C312D3" w:rsidRDefault="009A5932" w:rsidP="009A5932">
+        <w:p w:rsidR="00C312D3" w:rsidRDefault="006902EF" w:rsidP="006902EF">
           <w:pPr>
-            <w:pStyle w:val="DDC6246F4FD4491B93A1E281A6C335231"/>
+            <w:pStyle w:val="DDC6246F4FD4491B93A1E281A6C33523"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -26557,82 +26844,84 @@
     <w:rsid w:val="001967E1"/>
     <w:rsid w:val="001A6DAD"/>
     <w:rsid w:val="001F08DE"/>
     <w:rsid w:val="00205451"/>
     <w:rsid w:val="00237499"/>
     <w:rsid w:val="00244368"/>
     <w:rsid w:val="00253B0B"/>
     <w:rsid w:val="00292E0A"/>
     <w:rsid w:val="002979FB"/>
     <w:rsid w:val="002C7759"/>
     <w:rsid w:val="002E1EC5"/>
     <w:rsid w:val="0032298E"/>
     <w:rsid w:val="003269FC"/>
     <w:rsid w:val="00327E13"/>
     <w:rsid w:val="003D42E4"/>
     <w:rsid w:val="004343AA"/>
     <w:rsid w:val="004C38BE"/>
     <w:rsid w:val="004E3B5E"/>
     <w:rsid w:val="005465AD"/>
     <w:rsid w:val="00557DBC"/>
     <w:rsid w:val="0057123F"/>
     <w:rsid w:val="005827F2"/>
     <w:rsid w:val="005E5DD7"/>
     <w:rsid w:val="0068678C"/>
     <w:rsid w:val="00686866"/>
+    <w:rsid w:val="006902EF"/>
     <w:rsid w:val="006B6B3D"/>
     <w:rsid w:val="007151ED"/>
     <w:rsid w:val="007159AD"/>
     <w:rsid w:val="007431F1"/>
     <w:rsid w:val="007469C9"/>
     <w:rsid w:val="00751E9A"/>
     <w:rsid w:val="007957D6"/>
     <w:rsid w:val="008260B1"/>
     <w:rsid w:val="008559A4"/>
     <w:rsid w:val="0086397C"/>
     <w:rsid w:val="008723DD"/>
     <w:rsid w:val="008A09BE"/>
     <w:rsid w:val="008B1A68"/>
     <w:rsid w:val="008E43AD"/>
     <w:rsid w:val="009003AD"/>
     <w:rsid w:val="009459B0"/>
     <w:rsid w:val="009A5932"/>
     <w:rsid w:val="009F7066"/>
     <w:rsid w:val="00A914E5"/>
     <w:rsid w:val="00B4063C"/>
     <w:rsid w:val="00B56CC3"/>
     <w:rsid w:val="00B70A78"/>
     <w:rsid w:val="00BA306A"/>
     <w:rsid w:val="00C01CCE"/>
     <w:rsid w:val="00C312D3"/>
     <w:rsid w:val="00C60573"/>
     <w:rsid w:val="00C716CC"/>
     <w:rsid w:val="00C8633B"/>
     <w:rsid w:val="00C8667F"/>
     <w:rsid w:val="00CA205C"/>
     <w:rsid w:val="00CB09B8"/>
     <w:rsid w:val="00CC1839"/>
+    <w:rsid w:val="00CC5D13"/>
     <w:rsid w:val="00CD17C9"/>
     <w:rsid w:val="00D11004"/>
     <w:rsid w:val="00D14D3B"/>
     <w:rsid w:val="00DC34CF"/>
     <w:rsid w:val="00E011F6"/>
     <w:rsid w:val="00E0358B"/>
     <w:rsid w:val="00E12C2B"/>
     <w:rsid w:val="00E12CD6"/>
     <w:rsid w:val="00E2157E"/>
     <w:rsid w:val="00E233E2"/>
     <w:rsid w:val="00E42074"/>
     <w:rsid w:val="00E54531"/>
     <w:rsid w:val="00E60FAF"/>
     <w:rsid w:val="00E67FE3"/>
     <w:rsid w:val="00E9390A"/>
     <w:rsid w:val="00EC3052"/>
     <w:rsid w:val="00EE2900"/>
     <w:rsid w:val="00F35CF4"/>
     <w:rsid w:val="00F50645"/>
     <w:rsid w:val="00F637E4"/>
     <w:rsid w:val="00F66F30"/>
     <w:rsid w:val="00FA0CE6"/>
     <w:rsid w:val="00FB4A16"/>
     <w:rsid w:val="00FD2509"/>
     <w:rsid w:val="00FF7F52"/>
@@ -27068,51 +27357,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009A5932"/>
+    <w:rsid w:val="006902EF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FB1C9B675854BE3B573B30BC84DFE49">
     <w:name w:val="7FB1C9B675854BE3B573B30BC84DFE49"/>
     <w:rsid w:val="005827F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0B61BAFD3464682B7C1DAD3377E1702">
     <w:name w:val="B0B61BAFD3464682B7C1DAD3377E1702"/>
     <w:rsid w:val="005827F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FC63941C0954CBEB0F5FF689D644C4C">
     <w:name w:val="3FC63941C0954CBEB0F5FF689D644C4C"/>
     <w:rsid w:val="005827F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="375AE364A1484F6FA54FB60B8D434AB0">
     <w:name w:val="375AE364A1484F6FA54FB60B8D434AB0"/>
     <w:rsid w:val="005827F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A4EEEA1E08F47D59CDD2B49E4A05B68">
     <w:name w:val="6A4EEEA1E08F47D59CDD2B49E4A05B68"/>
     <w:rsid w:val="005827F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="652EDB8C12FA4B0DB3A029C569C8A293">
@@ -27759,50 +28048,668 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1DD30DEDC3745FEB46A7B3228D6E6971">
     <w:name w:val="E1DD30DEDC3745FEB46A7B3228D6E6971"/>
     <w:rsid w:val="009A5932"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDC6246F4FD4491B93A1E281A6C335231">
     <w:name w:val="DDC6246F4FD4491B93A1E281A6C335231"/>
     <w:rsid w:val="009A5932"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E5D2F3869104AEAAC64F37AA218E509">
+    <w:name w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2444A7EDE91044A6B969594F3726862A">
+    <w:name w:val="2444A7EDE91044A6B969594F3726862A"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C98C05FF0F9545ED84D9C0D3E561E191">
+    <w:name w:val="C98C05FF0F9545ED84D9C0D3E561E191"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CCCA25A63DF4C348F5D6CF02D648A8A">
+    <w:name w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A924651F36A2490EBF6735F8608FA069">
+    <w:name w:val="A924651F36A2490EBF6735F8608FA069"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="466D3EF5DF904799AB2D68516CA64450">
+    <w:name w:val="466D3EF5DF904799AB2D68516CA64450"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D23B4F3F3DAC4983AB6889DFD368C267">
+    <w:name w:val="D23B4F3F3DAC4983AB6889DFD368C267"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="468B48AB197C4D6AADA44F74220B9AFF">
+    <w:name w:val="468B48AB197C4D6AADA44F74220B9AFF"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A87F8CEFBD9845278BFC1932A06FB808">
+    <w:name w:val="A87F8CEFBD9845278BFC1932A06FB808"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EB766882D984D4691529005105C69CF">
+    <w:name w:val="1EB766882D984D4691529005105C69CF"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A1E90F021DCE49A1915437AE92D82A10">
+    <w:name w:val="A1E90F021DCE49A1915437AE92D82A10"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A241CCA5822D4564B4B28A53F38EEE3B">
+    <w:name w:val="A241CCA5822D4564B4B28A53F38EEE3B"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3E6FBBF1C37480EBDE03F4149A46CBC">
+    <w:name w:val="A3E6FBBF1C37480EBDE03F4149A46CBC"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="651C787EAF1842739CF63A896597AA50">
+    <w:name w:val="651C787EAF1842739CF63A896597AA50"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD1AB86684924702AAC24969AA36D520">
+    <w:name w:val="BD1AB86684924702AAC24969AA36D520"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFD531BDFBAE4C8C86E20AC91B47E3C0">
+    <w:name w:val="FFD531BDFBAE4C8C86E20AC91B47E3C0"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BFE37A42BCDC4C7CA24FA195AB356828">
+    <w:name w:val="BFE37A42BCDC4C7CA24FA195AB356828"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58BA8486823A425897D4ED302F7C2B10">
+    <w:name w:val="58BA8486823A425897D4ED302F7C2B10"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6637AB4EBEEC4295B111131F664CE48F">
+    <w:name w:val="6637AB4EBEEC4295B111131F664CE48F"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8F6328A54554DE39285552A6E7750B7">
+    <w:name w:val="F8F6328A54554DE39285552A6E7750B7"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83BD257A894F438C86BD91A44A732F34">
+    <w:name w:val="83BD257A894F438C86BD91A44A732F34"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="180" w:after="60" w:line="190" w:lineRule="exact"/>
+      <w:ind w:left="284" w:hanging="284"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CE976BB3000442AB38D021DB0A8CD681">
+    <w:name w:val="4CE976BB3000442AB38D021DB0A8CD681"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A787C583CBDF4F2DBE0A60397CF842271">
+    <w:name w:val="A787C583CBDF4F2DBE0A60397CF842271"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86E717CA6D434371848940B26500FF17">
+    <w:name w:val="86E717CA6D434371848940B26500FF17"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F3A6E8414A94D7A838A8AB247AE58E0">
+    <w:name w:val="4F3A6E8414A94D7A838A8AB247AE58E0"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8ABDCA49C8874B8680E9E1718EB9F4FA">
+    <w:name w:val="8ABDCA49C8874B8680E9E1718EB9F4FA"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9068D65C57DF462FBA3ADFFB8573E54E">
+    <w:name w:val="9068D65C57DF462FBA3ADFFB8573E54E"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACDA3983F07B4C598BB62B36C7AE324C">
+    <w:name w:val="ACDA3983F07B4C598BB62B36C7AE324C"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9216F24BABA247E7A1D02CF251E7F930">
+    <w:name w:val="9216F24BABA247E7A1D02CF251E7F930"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B270439F84644240BE9DA37E5F08D927">
+    <w:name w:val="B270439F84644240BE9DA37E5F08D927"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2C0293A21B4499FA5618CE7693ADBB0">
+    <w:name w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5631F2EAB5D945CAAB762CB864A5E114">
+    <w:name w:val="5631F2EAB5D945CAAB762CB864A5E114"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50E723F5AFB5483593B557FD94D2046E">
+    <w:name w:val="50E723F5AFB5483593B557FD94D2046E"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3479D98949F14544BB1CC4EE586E8993">
+    <w:name w:val="3479D98949F14544BB1CC4EE586E8993"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DA393D4EE12440A81C817BEC8F5DDC1">
+    <w:name w:val="5DA393D4EE12440A81C817BEC8F5DDC1"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D726A12ED04D44CBA66AF96E31306C1A">
+    <w:name w:val="D726A12ED04D44CBA66AF96E31306C1A"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37A41B1F15854D84917DDBB517A1084A">
+    <w:name w:val="37A41B1F15854D84917DDBB517A1084A"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14E99615568B446382161B72D8005782">
+    <w:name w:val="14E99615568B446382161B72D8005782"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="362D92F798F64FBFAEE45D2C587CC36C">
+    <w:name w:val="362D92F798F64FBFAEE45D2C587CC36C"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1839847232D41ED9440D35017B7B00E">
+    <w:name w:val="B1839847232D41ED9440D35017B7B00E"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0FCC9264A9D4A31854489AFB0372996">
+    <w:name w:val="A0FCC9264A9D4A31854489AFB0372996"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D518F1336EFF4697850B994D4980C6A8">
+    <w:name w:val="D518F1336EFF4697850B994D4980C6A8"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB279FD621424AA1A21424C1D3082830">
+    <w:name w:val="DB279FD621424AA1A21424C1D3082830"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D68D8362DA64913B415FD82FBEA2976">
+    <w:name w:val="9D68D8362DA64913B415FD82FBEA2976"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3F65BE09435419CA3A1A50C7C5EDAD0">
+    <w:name w:val="B3F65BE09435419CA3A1A50C7C5EDAD0"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8BFB10FA7524AF8A6BBD42DD5BA7253">
+    <w:name w:val="C8BFB10FA7524AF8A6BBD42DD5BA7253"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2064A6259F8D401CB32C5DC10EC3A98B">
+    <w:name w:val="2064A6259F8D401CB32C5DC10EC3A98B"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D8E7E6F7127444BBB07E8A0BB1D1CAD">
+    <w:name w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E1901563468408897A08EDC7B6425AC">
+    <w:name w:val="9E1901563468408897A08EDC7B6425AC"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1DD30DEDC3745FEB46A7B3228D6E697">
+    <w:name w:val="E1DD30DEDC3745FEB46A7B3228D6E697"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDC6246F4FD4491B93A1E281A6C33523">
+    <w:name w:val="DDC6246F4FD4491B93A1E281A6C33523"/>
+    <w:rsid w:val="006902EF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme IvD Utrecht">
   <a:themeElements>
     <a:clrScheme name="IvDspecial">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="935F7E"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="009EE3"/>
@@ -28011,50 +28918,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="53df6a5f-9334-4503-a845-5e05459a4c71" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2f7f05b2-b429-460e-a1bd-390c26808011">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100047CB0933D0F3E4493010A88D9E0BD71" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1db36b1e21876317f7e09b3a00de0e50">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f7f05b2-b429-460e-a1bd-390c26808011" xmlns:ns3="5d46921d-56e8-4f57-a0d4-befe577d055d" xmlns:ns4="53df6a5f-9334-4503-a845-5e05459a4c71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d90ea237a7faab2078becf6bed2d0ea6" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <xsd:import namespace="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <xsd:import namespace="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -28276,160 +29194,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
+    <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9916131A-0703-4623-9F49-DBA1DB84B004}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <ds:schemaRef ds:uri="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2B72266-9438-4735-A872-8E0E88B000AA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303FFDD7-1D7B-461B-B09F-6EF6C73E0F4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1824</Words>
-  <Characters>10033</Characters>
+  <Words>1820</Words>
+  <Characters>10010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Utrecht University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11834</CharactersWithSpaces>
+  <CharactersWithSpaces>11807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jansen van Galen, L.J.C. (Lidewij)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100047CB0933D0F3E4493010A88D9E0BD71</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">