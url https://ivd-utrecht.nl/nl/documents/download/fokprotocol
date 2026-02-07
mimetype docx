--- v1 (2026-01-17)
+++ v2 (2026-02-07)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3605D310" w14:textId="38AAF08B" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="003C59DE" w:rsidP="00F64D6B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C59DE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Alleen blauwe vakjes invullen door aanvrager</w:t>
@@ -229,105 +228,90 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">keer </w:t>
             </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">per jaar wordt het fokprotocol </w:t>
             </w:r>
             <w:r w:rsidR="0082281D" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">(en bijlagen) </w:t>
             </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">geëvalueerd </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
+              <w:t xml:space="preserve">geëvalueerd i.o.m onderzoeker, fokbeheerder, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F60C16" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>i.o.m</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>fok -coördinator</w:t>
+            </w:r>
             <w:r w:rsidR="00B03DB9" w:rsidRPr="00407AB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> onderzoeker, fokbeheerder, </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> en IvD </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DBD8BF4" w14:textId="20393D34" w:rsidR="00F239DD" w:rsidRPr="00B03DB9" w:rsidRDefault="00000000" w:rsidP="00D81825">
+          <w:p w14:paraId="4DBD8BF4" w14:textId="20393D34" w:rsidR="00F239DD" w:rsidRPr="00B03DB9" w:rsidRDefault="002B6DE6" w:rsidP="00D81825">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-666625933"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D81825">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D81825">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00267F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Indien er geen back-up van de lijn beschikbaar is</w:t>
             </w:r>
@@ -354,50 +338,51 @@
             </w:r>
             <w:r w:rsidR="00267F7F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">fgesproken dat er voor </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1741779575"/>
                 <w:placeholder>
                   <w:docPart w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B922A0" w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00267F7F" w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00192843" w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -493,50 +478,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Afsluiten werkprotocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="184494782"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="287" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="33FD1BC5" w14:textId="77777777" w:rsidR="007E5930" w:rsidRPr="00C672F9" w:rsidRDefault="007E5930" w:rsidP="005045F2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -612,50 +598,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Datum: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1706449930"/>
                 <w:placeholder>
                   <w:docPart w:val="2444A7EDE91044A6B969594F3726862A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
@@ -1086,242 +1073,248 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DH </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="112711866"/>
                 <w:placeholder>
                   <w:docPart w:val="C98C05FF0F9545ED84D9C0D3E561E191"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Pascalle" w:value="Pascalle"/>
                   <w:listItem w:displayText="Ivo" w:value="Ivo"/>
                   <w:listItem w:displayText="Mieneke" w:value="Mieneke"/>
                   <w:listItem w:displayText="Fuus" w:value="Fuus"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
                   </w:rPr>
                   <w:t>naam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C52AA" w14:textId="25C1A8E0" w:rsidR="004F7B84" w:rsidRPr="00A47C60" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="0E9C52AA" w14:textId="54FBB5BE" w:rsidR="004F7B84" w:rsidRPr="00A47C60" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1619334753"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A47C60" w:rsidRPr="00A47C60">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00A47C60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="424622841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00A47C60">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1E1C0818" w14:textId="3C89922C" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>BVF UU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="346F4D5F" w14:textId="5EADDE6F" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="346F4D5F" w14:textId="5EADDE6F" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-397125307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-536817760"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1583103677"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="6CA0B424" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
@@ -1370,217 +1363,222 @@
           </w:tcPr>
           <w:p w14:paraId="2F78B581" w14:textId="2BAA00B9" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Teamcoördinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1552966219"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-754435370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2650D4E6" w14:textId="3463BA5B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>BVF UMCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="06044391" w14:textId="4F3B380B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="06044391" w14:textId="4F3B380B" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1507435920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1551917497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1275866708"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="4F27DAFD" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
@@ -1630,189 +1628,193 @@
           </w:tcPr>
           <w:p w14:paraId="75D44F47" w14:textId="41523C30" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Fokcoördinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF24589" w14:textId="4749E9FB" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="6CF24589" w14:textId="4749E9FB" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1370227491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="676306875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="25628498" w14:textId="071DBD37" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4F857D61" w14:textId="4B2229EC" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="002502AA">
+          <w:p w14:paraId="4F857D61" w14:textId="4B2229EC" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="002B6DE6" w:rsidP="002502AA">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1954151375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="132218508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7B84" w:rsidRPr="00B90CE5" w14:paraId="37CC9BCC" w14:textId="77777777" w:rsidTr="004F7B84">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
@@ -1895,96 +1897,98 @@
           </w:tcPr>
           <w:p w14:paraId="50230180" w14:textId="474A5F06" w:rsidR="004F7B84" w:rsidRPr="00C672F9" w:rsidRDefault="004F7B84" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Veterinair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69FD5C58" w14:textId="2DE1D12B" w:rsidR="004F7B84" w:rsidRDefault="00000000" w:rsidP="00786029">
+          <w:p w14:paraId="69FD5C58" w14:textId="2DE1D12B" w:rsidR="004F7B84" w:rsidRDefault="002B6DE6" w:rsidP="00786029">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1009367577"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004F7B84">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="262186588"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F7B84">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54D77F70" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dotDash" w:sz="4" w:space="1" w:color="94C11A"/>
         </w:pBdr>
         <w:spacing w:line="100" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A40DB1B" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
@@ -2046,86 +2050,88 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1242640981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1">
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1860896068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1">
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
               <w:t>ee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00012D30" w14:textId="64BAC018" w:rsidR="005A156E" w:rsidRPr="00D663F2" w:rsidRDefault="003B51FF" w:rsidP="001F71A5">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
@@ -2164,86 +2170,88 @@
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00770A4E">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1045358080"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B5664">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B5664">
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidR="001B5664" w:rsidRPr="00D663F2">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="001B5664">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1228836509"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001B5664">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B5664">
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="001B5664" w:rsidRPr="00D663F2">
               <w:t>ee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2270,91 +2278,76 @@
               <w:t>AVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3008" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="482F3C0A" w14:textId="4AA86FB1" w:rsidR="001F71A5" w:rsidRPr="00D663F2" w:rsidRDefault="001F71A5" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">CCD-bijlage </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">:  </w:t>
+              <w:t xml:space="preserve">CCD-bijlage nr:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1387878058"/>
                 <w:placeholder>
                   <w:docPart w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="25" w:value="25"/>
                   <w:listItem w:displayText="n.v.t" w:value="n.v.t"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0014471C" w:rsidRPr="0082494C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F71A5" w:rsidRPr="001F71A5" w14:paraId="7A185A3A" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2661,50 +2654,51 @@
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56F6342D" w14:textId="44CB8220" w:rsidR="00FA4402" w:rsidRPr="000A74FC" w:rsidRDefault="00FA4402" w:rsidP="00BA7EC2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="000A74FC">
               <w:t xml:space="preserve">Fok van </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Naam"/>
                 <w:id w:val="991750929"/>
                 <w:placeholder>
                   <w:docPart w:val="A924651F36A2490EBF6735F8608FA069"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C40A82" w:rsidRPr="000A74FC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                   </w:rPr>
                   <w:t>Klik of tik om tekst in te voeren.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4402" w:rsidRPr="001F758A" w14:paraId="6F2BAA96" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2729,188 +2723,174 @@
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Proefdierlocatie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61139F" w14:textId="2850D8C4" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
+          <w:p w14:paraId="5B61139F" w14:textId="2850D8C4" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="002B6DE6" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Proefdierlocatie"/>
                 <w:tag w:val="GDL"/>
                 <w:id w:val="2056883466"/>
                 <w:placeholder>
                   <w:docPart w:val="466D3EF5DF904799AB2D68516CA64450"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="GDL" w:value="GDL"/>
                   <w:listItem w:displayText="Stratenum" w:value="Stratenum"/>
                   <w:listItem w:displayText="PSP - Bilthoven" w:value="PSP - Bilthoven"/>
                   <w:listItem w:displayText="Kruyt (Biologie)" w:value="Kruyt (Biologie)"/>
                   <w:listItem w:displayText="Anders, namenlijk:" w:value="Anders, namenlijk:"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD19AB" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363AAF34" w14:textId="60FBCB9C" w:rsidR="00FA4402" w:rsidRPr="001F758A" w:rsidRDefault="007A6E2A" w:rsidP="00FA4402">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6E2A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Indien in </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> sectie(s):</w:t>
+              <w:t>Indien in GDLbetrokken sectie(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="Dropdown23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04601BB6" w14:textId="1B526C9E" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
+          <w:p w14:paraId="04601BB6" w14:textId="1B526C9E" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="002B6DE6" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="531241188"/>
                 <w:placeholder>
                   <w:docPart w:val="D23B4F3F3DAC4983AB6889DFD368C267"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Geel" w:value="Geel"/>
                   <w:listItem w:displayText="Groot" w:value="Groot"/>
                   <w:listItem w:displayText="Infectie" w:value="Infectie"/>
                   <w:listItem w:displayText="Oranje" w:value="Oranje"/>
                   <w:listItem w:displayText="Paars" w:value="Paars"/>
                   <w:listItem w:displayText="Rood" w:value="Rood"/>
                   <w:listItem w:displayText="Wit" w:value="Wit"/>
                   <w:listItem w:displayText="PSP - D5c" w:value="PSP - D5c"/>
                   <w:listItem w:displayText="n.v.t." w:value="n.v.t."/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB15AA" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
@@ -2962,74 +2942,75 @@
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Geplande startdatum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1736474F" w14:textId="72F7CFB2" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
+          <w:p w14:paraId="1736474F" w14:textId="72F7CFB2" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="002B6DE6" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-627089944"/>
                 <w:placeholder>
                   <w:docPart w:val="468B48AB197C4D6AADA44F74220B9AFF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0042698F" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik voor datum</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
@@ -3051,74 +3032,75 @@
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Geplande einddatum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEC49B4" w14:textId="6F732789" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="00000000" w:rsidP="00FA4402">
+          <w:p w14:paraId="5FEC49B4" w14:textId="6F732789" w:rsidR="00FA4402" w:rsidRPr="00F157D1" w:rsidRDefault="002B6DE6" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-483313743"/>
                 <w:placeholder>
                   <w:docPart w:val="A87F8CEFBD9845278BFC1932A06FB808"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0042698F" w:rsidRPr="00F157D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Klik voor datum</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DEC6036" w14:textId="7AE8BB66" w:rsidR="00634825" w:rsidRPr="00ED26D8" w:rsidRDefault="00D93EAC" w:rsidP="00AB37DF">
       <w:pPr>
         <w:pStyle w:val="Nootje"/>
       </w:pPr>
       <w:r w:rsidRPr="005117FC">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3956,50 +3938,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="717547316"/>
             <w:placeholder>
               <w:docPart w:val="1EB766882D984D4691529005105C69CF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="216274C6" w14:textId="0DB5C542" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -4256,50 +4239,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1818301756"/>
             <w:placeholder>
               <w:docPart w:val="A1E90F021DCE49A1915437AE92D82A10"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0A40A933" w14:textId="7EFEC086" w:rsidR="00B66988" w:rsidRPr="00BC1BBB" w:rsidRDefault="0063607B" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -4679,50 +4663,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="716327136"/>
             <w:placeholder>
               <w:docPart w:val="A241CCA5822D4564B4B28A53F38EEE3B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="35020DC3" w14:textId="680BDD04" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -4905,50 +4890,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="932404935"/>
             <w:placeholder>
               <w:docPart w:val="A3E6FBBF1C37480EBDE03F4149A46CBC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="21DAC616" w14:textId="208E8A70" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -5131,50 +5117,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1230804657"/>
             <w:placeholder>
               <w:docPart w:val="651C787EAF1842739CF63A896597AA50"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7470D65F" w14:textId="330BF3F5" w:rsidR="000063B0" w:rsidRPr="00BC1BBB" w:rsidRDefault="000063B0" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -5357,50 +5344,51 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="-328143408"/>
             <w:placeholder>
               <w:docPart w:val="BD1AB86684924702AAC24969AA36D520"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1BA950AC" w14:textId="77777777" w:rsidR="00634825" w:rsidRPr="00BC1BBB" w:rsidRDefault="00634825" w:rsidP="00BC1BBB">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC1BBB">
                   <w:rPr>
@@ -5992,50 +5980,51 @@
             </w:r>
             <w:r>
               <w:t>project:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE7977" w:rsidRPr="00B505D8" w14:paraId="1E34640A" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1121"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:alias w:val="Postadres"/>
             <w:tag w:val="Postadres"/>
             <w:id w:val="-2112433502"/>
             <w:placeholder>
               <w:docPart w:val="FFD531BDFBAE4C8C86E20AC91B47E3C0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5521" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="51AE8486" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
@@ -6082,375 +6071,328 @@
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="577F6F3C" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B505D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">VO </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">VO akkoord </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="924850350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:alias w:val="Naam"/>
               <w:tag w:val="Naam"/>
               <w:id w:val="-1145812764"/>
               <w:placeholder>
                 <w:docPart w:val="BFE37A42BCDC4C7CA24FA195AB356828"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4EDB435D" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Naam</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="50659294"/>
               <w:placeholder>
                 <w:docPart w:val="58BA8486823A425897D4ED302F7C2B10"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="21713342" w14:textId="4CB41635" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
           <w:p w14:paraId="27B9C9A9" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B505D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">VU </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">VU akkoord </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="45803141"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-323976634"/>
               <w:placeholder>
                 <w:docPart w:val="6637AB4EBEEC4295B111131F664CE48F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0EC82905" w14:textId="1D7A13AA" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
           <w:p w14:paraId="18F8C14B" w14:textId="77777777" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B505D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">VVU </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">VVU akkoord </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-459256954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-1261982547"/>
               <w:placeholder>
                 <w:docPart w:val="F8F6328A54554DE39285552A6E7750B7"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5413FF42" w14:textId="1A1C0F13" w:rsidR="00DE7977" w:rsidRPr="00B505D8" w:rsidRDefault="00DE7977" w:rsidP="00DE7977">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B505D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Datum</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="351C616F" w14:textId="77777777" w:rsidR="00DA678F" w:rsidRDefault="00DA678F">
       <w:pPr>
@@ -6492,51 +6434,51 @@
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="00023A22">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fok</w:t>
       </w:r>
       <w:r w:rsidR="007D1585">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D1585" w:rsidRPr="007D1585">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Per type fok vul je een Bijlage in:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D6B1A1" w14:textId="66BDFBD9" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="00000000" w:rsidP="00A26D55">
+    <w:p w14:paraId="29D6B1A1" w14:textId="66BDFBD9" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="002B6DE6" w:rsidP="00A26D55">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Bijlage 1</w:t>
         </w:r>
         <w:r w:rsidR="007D1585" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
         <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
@@ -6546,51 +6488,51 @@
       <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(pagina 5</w:t>
       </w:r>
       <w:r w:rsidR="00616C61" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of als losse bijlage</w:t>
       </w:r>
       <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751F8883" w14:textId="698161BE" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="00000000" w:rsidP="00A26D55">
+    <w:p w14:paraId="751F8883" w14:textId="698161BE" w:rsidR="007D1585" w:rsidRPr="00B505D8" w:rsidRDefault="002B6DE6" w:rsidP="00A26D55">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00BD2523" w:rsidRPr="00B505D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Bijlage 2, Tabel- productiefok</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007837FA" w:rsidRPr="00B505D8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (losse bijlage)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AF2EF8" w14:textId="10A687F7" w:rsidR="00C50D62" w:rsidRPr="001F758A" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
@@ -6901,50 +6843,51 @@
       <w:r w:rsidR="000A43FD" w:rsidRPr="001F758A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000A43FD" w:rsidRPr="001F758A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A43FD" w:rsidRPr="0082494C">
         <w:t>Stamgegevens</w:t>
       </w:r>
       <w:r w:rsidR="00AB5804">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1304688727"/>
           <w:placeholder>
             <w:docPart w:val="83BD257A894F438C86BD91A44A732F34"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Muis" w:value="Muis"/>
             <w:listItem w:displayText="Rat" w:value="Rat"/>
             <w:listItem w:displayText="Zebravis" w:value="Zebravis"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00ED15C6">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:color w:val="FF0000"/>
             </w:rPr>
             <w:t>Kies diersoort</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2DC45F96" w14:textId="5B59FBAE" w:rsidR="00D85ABD" w:rsidRPr="001F758A" w:rsidRDefault="00F80D28" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F867FC" w:rsidRPr="001F758A">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D85ABD" w:rsidRPr="001F758A">
         <w:t>.</w:t>
       </w:r>
@@ -7015,207 +6958,211 @@
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Genetisch gewijzigd:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7B37FD68" w14:textId="2D9E525C" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="7B37FD68" w14:textId="2D9E525C" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-359202143"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008909BD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidR="0073787F" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1586651689"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E018175" w14:textId="3B500535" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="2E018175" w14:textId="3B500535" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1809505613"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidR="0073787F" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1033776376"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7251,197 +7198,201 @@
             <w:r w:rsidR="0073787F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF3ED36" w14:textId="345B119A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="4DF3ED36" w14:textId="345B119A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="785158339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Genetisch gemodificeerd</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E021B0" w14:textId="609948DD" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="21E021B0" w14:textId="609948DD" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1517144132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Spontane mutatie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE2FEC3" w14:textId="77777777" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="4BE2FEC3" w14:textId="77777777" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-416632755"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Genetisch gemodificeerd</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76045DD7" w14:textId="5E545A1A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="76045DD7" w14:textId="5E545A1A" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-496415126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Spontane mutatie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA0850" w:rsidRPr="001F758A" w14:paraId="1A0EA967" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7466,333 +7417,341 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Indien g</w:t>
             </w:r>
             <w:r w:rsidR="00CA0850" w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>enetische modificatie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD4540F" w14:textId="301F59B0" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="3DD4540F" w14:textId="301F59B0" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1434940056"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1381819278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO </w:t>
             </w:r>
             <w:r w:rsidR="00BB37E0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="515888283"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A9A17D" w14:textId="6F364DFB" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="15A9A17D" w14:textId="6F364DFB" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="372666478"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> anders, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="214C6804" w14:textId="56485630" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="214C6804" w14:textId="56485630" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-719052195"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1692603176"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO</w:t>
             </w:r>
             <w:r w:rsidR="00CE5F64">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BB37E0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1139641386"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CE5F64" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CBDD7D9" w14:textId="0B3F1EAC" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="00CA0850">
+          <w:p w14:paraId="7CBDD7D9" w14:textId="0B3F1EAC" w:rsidR="00CA0850" w:rsidRPr="00B41ABB" w:rsidRDefault="002B6DE6" w:rsidP="00CA0850">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1910846779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA0850" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> anders, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85544" w:rsidRPr="00E37E4E" w14:paraId="14CE85A0" w14:textId="77777777" w:rsidTr="00623855">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8085,127 +8044,137 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00534853">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>KG/IG vergunning:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A686799" w14:textId="510D1FC5" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="00000000" w:rsidP="00517C9A">
+          <w:p w14:paraId="0A686799" w14:textId="510D1FC5" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="002B6DE6" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="525538313"/>
                 <w:placeholder>
                   <w:docPart w:val="4CE976BB3000442AB38D021DB0A8CD68"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00104F73" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="625B00BE" w14:textId="306221C4" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="00000000" w:rsidP="00517C9A">
+          <w:p w14:paraId="625B00BE" w14:textId="306221C4" w:rsidR="00104F73" w:rsidRPr="002D56EC" w:rsidRDefault="002B6DE6" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-466128800"/>
                 <w:placeholder>
                   <w:docPart w:val="A787C583CBDF4F2DBE0A60397CF84227"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00104F73" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F322C4" w:rsidRPr="00A55370" w14:paraId="0A95BA76" w14:textId="77777777" w:rsidTr="00DC090F">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8213,51 +8182,51 @@
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="410FEE75" w14:textId="70BEC46C" w:rsidR="00F322C4" w:rsidRPr="00A159E7" w:rsidRDefault="00A159E7" w:rsidP="00A159E7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inschalingsartikel</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F1335FB" wp14:editId="50CA5CC8">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F1335FB" wp14:editId="3CCE601E">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="34" name="Picture 34">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="Volgens bijlage 5 uit de regeling GGO 2013."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34" name="Picture 34">
                             <a:hlinkClick r:id="rId25" tooltip="Volgens bijlage 5 uit de regeling GGO 2013."/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8286,139 +8255,149 @@
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3BC790" w14:textId="2EED8EDA" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="00000000" w:rsidP="00517C9A">
+          <w:p w14:paraId="1B3BC790" w14:textId="2EED8EDA" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="002B6DE6" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1608321185"/>
                 <w:placeholder>
                   <w:docPart w:val="86E717CA6D434371848940B26500FF17"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)" w:value="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)"/>
                   <w:listItem w:displayText="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)" w:value="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)"/>
                   <w:listItem w:displayText="5.6.2.b (vervaardigd met gg retrovirus/AdV)" w:value="5.6.2.b (vervaardigd met gg retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="000470D3" w:rsidRPr="00A159E7">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="5F63969C" w14:textId="1A12C499" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="00000000" w:rsidP="00517C9A">
+          <w:p w14:paraId="5F63969C" w14:textId="1A12C499" w:rsidR="00F322C4" w:rsidRPr="00BD03B4" w:rsidRDefault="002B6DE6" w:rsidP="00517C9A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1633438962"/>
                 <w:placeholder>
                   <w:docPart w:val="4F3A6E8414A94D7A838A8AB247AE58E0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)" w:value="5.6.1.a (geen schadelijk genproduct, niet vervaardigd met virale vector)"/>
                   <w:listItem w:displayText="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)" w:value="5.6.2.a (vervaardigd met gg-virus ML-I, geen complementatie)"/>
                   <w:listItem w:displayText="5.6.2.b (vervaardigd met gg retrovirus/AdV)" w:value="5.6.2.b (vervaardigd met gg retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="000470D3" w:rsidRPr="00A159E7">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B767B8" w:rsidRPr="001F758A" w14:paraId="5078F743" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8444,50 +8423,55 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1250803122"/>
             <w:placeholder>
               <w:docPart w:val="8ABDCA49C8874B8680E9E1718EB9F4FA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="invulformulier"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3394" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="34F3CF6E" w14:textId="1BFB445E" w:rsidR="00B767B8" w:rsidRPr="001F758A" w:rsidRDefault="00F45E2C" w:rsidP="004650D9">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -8497,50 +8481,55 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1033799550"/>
             <w:placeholder>
               <w:docPart w:val="9068D65C57DF462FBA3ADFFB8573E54E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="invulformulier"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4042" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="0869734D" w14:textId="4BF2D066" w:rsidR="00B767B8" w:rsidRPr="001F758A" w:rsidRDefault="00F45E2C" w:rsidP="004650D9">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -8649,51 +8638,51 @@
             <w:r w:rsidRPr="00104F73">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nomenclatuur</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B80E0A3" wp14:editId="6405E260">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B80E0A3" wp14:editId="4DF4A0EC">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="77924351" name="Picture 77924351">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId27" tooltip="Muis"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="77924351" name="Picture 77924351">
                             <a:hlinkClick r:id="rId27" tooltip="Muis"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8707,51 +8696,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00C52206" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E78C894" wp14:editId="573D417B">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E78C894" wp14:editId="38AC8845">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1152259711" name="Picture 1152259711">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId28" tooltip="Rat"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1152259711" name="Picture 1152259711">
                             <a:hlinkClick r:id="rId28" tooltip="Rat"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8765,51 +8754,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00C4754C" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644EDA77" wp14:editId="5AE9D27F">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="644EDA77" wp14:editId="57782EE9">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710119860" name="Picture 710119860">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId29" tooltip="Zebravis"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="710119860" name="Picture 710119860">
                             <a:hlinkClick r:id="rId29" tooltip="Zebravis"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -9132,78 +9121,68 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(door proefdierlocatie</w:t>
             </w:r>
             <w:r w:rsidR="00FC53D2" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0049761C" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>in te vullen</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0049761C" w:rsidRPr="00AA44C3">
+              <w:t>in te vullen)</w:t>
+            </w:r>
+            <w:r w:rsidR="007E0847" w:rsidRPr="00AA44C3">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007E0847" w:rsidRPr="00AA44C3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91733">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7436" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5"/>
           </w:tcPr>
           <w:p w14:paraId="59F5E2C1" w14:textId="3C79756C" w:rsidR="001B3B8D" w:rsidRPr="001B3B8D" w:rsidRDefault="001B3B8D" w:rsidP="00B12D35"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2072E67B" w14:textId="77777777" w:rsidR="00D00EA1" w:rsidRDefault="00D00EA1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10552" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -9247,95 +9226,97 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Zijn nakomelingen e</w:t>
             </w:r>
             <w:r w:rsidRPr="009F586E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">lders </w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>verkrijgbaar?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="43F9777A" w14:textId="57598CB6" w:rsidR="00F01905" w:rsidRPr="00E95B90" w:rsidRDefault="00000000" w:rsidP="00D127D6">
+          <w:p w14:paraId="43F9777A" w14:textId="57598CB6" w:rsidR="00F01905" w:rsidRPr="00E95B90" w:rsidRDefault="002B6DE6" w:rsidP="00D127D6">
             <w:pPr>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2479"/>
                 <w:tab w:val="left" w:pos="2862"/>
               </w:tabs>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="127830545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01905">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01905">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
             <w:r w:rsidR="00F01905" w:rsidRPr="009F586E">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="247940140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01905">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01905" w:rsidRPr="009F586E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F01905">
               <w:t xml:space="preserve">Ja; </w:t>
             </w:r>
             <w:r w:rsidR="00F01905">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zo ja, waar?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9400,94 +9381,96 @@
       <w:tr w:rsidR="009273EB" w:rsidRPr="002761E5" w14:paraId="2DF17051" w14:textId="08A8B7E4" w:rsidTr="009273EB">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="70CF57F4" w14:textId="0A80F365" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D57F7D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Is een back-up beschikbaar?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D6AEA86" w14:textId="56F71BAD" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="00000000" w:rsidP="00F01905">
+          <w:p w14:paraId="0D6AEA86" w14:textId="56F71BAD" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="002B6DE6" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2056996821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
             <w:r w:rsidR="009273EB" w:rsidRPr="00D57F7D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009273EB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="720633013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="00D57F7D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009273EB">
               <w:t>Ja, in welke form?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76600B68" w14:textId="32812738" w:rsidR="009273EB" w:rsidRPr="00517C9A" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00D57F7D">
               <w:t>(Back-up is bij start foklijn verplicht</w:t>
             </w:r>
             <w:r>
@@ -9542,454 +9525,465 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="81280" cy="81280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="25347597" w14:textId="1D2ACAB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="006C3B01">
+          <w:p w14:paraId="25347597" w14:textId="1D2ACAB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="006C3B01">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1548059827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cryopreservatie van sperma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6927168F" w14:textId="77777777" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
+          <w:p w14:paraId="6927168F" w14:textId="77777777" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1872332709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="518596347"/>
                 <w:placeholder>
                   <w:docPart w:val="652EDB8C12FA4B0DB3A029C569C8A293"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F68AE3F" w14:textId="0AD8BCB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="009273EB">
+          <w:p w14:paraId="3F68AE3F" w14:textId="0AD8BCB3" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="009273EB">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1374341388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eigen beheer - Hoeveel? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="984438026"/>
                 <w:placeholder>
                   <w:docPart w:val="3A8FFF6158B744A48775EFABBCC6CEFB"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:id w:val="2009556571"/>
                     <w:placeholder>
                       <w:docPart w:val="514C260CB25346769B92093651D8CE18"/>
                     </w:placeholder>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Vul in</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009273EB" w:rsidRPr="002761E5" w14:paraId="3DEBD9CB" w14:textId="77777777" w:rsidTr="00F01905">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="765C5587" w14:textId="77777777" w:rsidR="009273EB" w:rsidRPr="00D57F7D" w:rsidRDefault="009273EB" w:rsidP="00F01905">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4A05EB" w14:textId="681DA610" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
+          <w:p w14:paraId="4F4A05EB" w14:textId="681DA610" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-370763554"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0096453E" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0096453E" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cryopreservatie van embryo’s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="13C910BE" w14:textId="27C50F0E" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="009273EB">
+          <w:p w14:paraId="13C910BE" w14:textId="27C50F0E" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="009273EB">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="2113466902"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1477438859"/>
                 <w:placeholder>
                   <w:docPart w:val="04E2342AD96646C484359A0D25835D25"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="65D1D52C" w14:textId="16CD5A4C" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="00000000" w:rsidP="00F01905">
+          <w:p w14:paraId="65D1D52C" w14:textId="16CD5A4C" w:rsidR="009273EB" w:rsidRPr="006C3B01" w:rsidRDefault="002B6DE6" w:rsidP="00F01905">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1278708789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009273EB" w:rsidRPr="006C3B01">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eigen beheer - Hoeveel? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2085981500"/>
                 <w:placeholder>
                   <w:docPart w:val="AD1D1E61EB464F7FB22C111A3790E7CD"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004236C1" w:rsidRPr="006C3B01">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01905" w:rsidRPr="00D57F7D" w14:paraId="6D1CE231" w14:textId="77777777" w:rsidTr="00F01905">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="79829BA1" w14:textId="77777777" w:rsidR="00F01905" w:rsidRPr="00E04448" w:rsidRDefault="00F01905" w:rsidP="00F01905">
@@ -10044,67 +10038,51 @@
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2b. </w:t>
       </w:r>
       <w:r w:rsidR="00F64261" w:rsidRPr="007B4559">
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Genetische stabiliteit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A2EEE4" w14:textId="7F13EF97" w:rsidR="00624968" w:rsidRPr="00B80966" w:rsidRDefault="00830348" w:rsidP="007B4559">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00830348">
-        <w:t xml:space="preserve">Genetische </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> en reproduceerbaarheid van het onderzoek te waarborgen. Elke nieuwe generatie brengt kleine mutaties met zich mee.</w:t>
+        <w:t>Genetische stabilitiet is van belang om de continuitieit en reproduceerbaarheid van het onderzoek te waarborgen. Elke nieuwe generatie brengt kleine mutaties met zich mee.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B14E2A">
         <w:t>Naast het in acht nemen van</w:t>
       </w:r>
       <w:r w:rsidR="00F64261">
         <w:t xml:space="preserve"> de in </w:t>
       </w:r>
       <w:r w:rsidR="00745E37">
         <w:t xml:space="preserve">hoofdstuk 5 van </w:t>
       </w:r>
       <w:r w:rsidR="00F64261">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00F64261" w:rsidRPr="00B519B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>toepassingsregeling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F64261">
@@ -10147,143 +10125,146 @@
       <w:tblGrid>
         <w:gridCol w:w="3683"/>
         <w:gridCol w:w="6807"/>
       </w:tblGrid>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="11C986DD" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="568F48A7" w14:textId="64FDD59D" w:rsidR="00624968" w:rsidRPr="00B519B5" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B519B5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vanaf welke generatie wordt de lijn ververst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E3232E" w14:textId="2059ADC1" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="51E3232E" w14:textId="2059ADC1" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="002B6DE6" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="314852356"/>
                 <w:placeholder>
                   <w:docPart w:val="ACDA3983F07B4C598BB62B36C7AE324C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="F7" w:value="F7"/>
                   <w:listItem w:displayText="F8" w:value="F8"/>
                   <w:listItem w:displayText="F9" w:value="F9"/>
                   <w:listItem w:displayText="F10" w:value="F10"/>
                   <w:listItem w:displayText="Anders" w:value="Anders"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0046383D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="0C060E32" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B477604" w14:textId="64F228E4" w:rsidR="00624968" w:rsidRPr="00DD73CD" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD73CD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Wat is de methode voor het verversen van de stam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F877E52" w14:textId="1BD8CCE7" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="7F877E52" w14:textId="1BD8CCE7" w:rsidR="00624968" w:rsidRPr="00B25A12" w:rsidRDefault="002B6DE6" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1038945008"/>
                 <w:placeholder>
                   <w:docPart w:val="9216F24BABA247E7A1D02CF251E7F930"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Opnieuw aankopen (Levend)" w:value="Opnieuw aankopen (Levend)"/>
                   <w:listItem w:displayText="Opnieuw aankopen (Cryo)" w:value="Opnieuw aankopen (Cryo)"/>
                   <w:listItem w:displayText="Backcross" w:value="Backcross"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0046383D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Kies</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="0442E097" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F5B581F" w14:textId="012B7BC9" w:rsidR="00624968" w:rsidRPr="00DD73CD" w:rsidRDefault="00624968" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -10359,62 +10340,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00624968" w:rsidRPr="00B25A12" w14:paraId="53FB693E" w14:textId="77777777" w:rsidTr="00E043F2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C65DCC5" w14:textId="44FFF4A4" w:rsidR="00624968" w:rsidRDefault="00B519B5" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Indien stam afwijkt van genoemde </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Indien stam afwijkt van genoemde achterstam</w:t>
+            </w:r>
             <w:r w:rsidR="00DD73CD">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="009C5666">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="00DD73CD">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>et welke stam?</w:t>
             </w:r>
           </w:p>
@@ -10509,96 +10480,98 @@
                 <w:b/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>pen/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>uiterlijke kenmerken?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AC8CCC5" w14:textId="77777777" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00161BE0">
+          <w:p w14:paraId="5AC8CCC5" w14:textId="77777777" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="002B6DE6" w:rsidP="00161BE0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1232233452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-75209559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973E2D" w:rsidRPr="001F758A" w14:paraId="49576241" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10670,147 +10643,136 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973E2D" w:rsidRPr="001F758A" w14:paraId="7AF0FEBE" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="282D649B" w14:textId="70156804" w:rsidR="00973E2D" w:rsidRDefault="00973E2D" w:rsidP="00973E2D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Is de stam </w:t>
-[...13 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>Is de stam immuuncompetent?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="70795CFB" w14:textId="58D0CDE2" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="00973E2D">
+          <w:p w14:paraId="70795CFB" w14:textId="58D0CDE2" w:rsidR="00973E2D" w:rsidRPr="00B25A12" w:rsidRDefault="002B6DE6" w:rsidP="00973E2D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1417702671"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-979307186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1258755404"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00973E2D" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Onbekend</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973E2D" w:rsidRPr="001F758A" w14:paraId="4374E4F5" w14:textId="77777777" w:rsidTr="00161BE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10884,59 +10846,51 @@
       </w:r>
       <w:r w:rsidR="00A35B69" w:rsidRPr="00A05037">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008132E5" w:rsidRPr="00A05037">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>onbekend</w:t>
       </w:r>
       <w:r w:rsidR="00245DFD" w:rsidRPr="00A05037">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB97B12" w14:textId="4CCC3707" w:rsidR="00245DFD" w:rsidRPr="00D92533" w:rsidRDefault="00A35B69" w:rsidP="00D92533">
       <w:r w:rsidRPr="00D92533">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00245DFD" w:rsidRPr="00D92533">
         <w:t>ndien</w:t>
       </w:r>
       <w:r w:rsidR="00B34E42">
         <w:t xml:space="preserve"> er een nieuwe lijn</w:t>
       </w:r>
       <w:r w:rsidR="006865C5">
-        <w:t xml:space="preserve"> wordt </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of er middels in</w:t>
+        <w:t xml:space="preserve"> wordt aangeschaf of er middels in</w:t>
       </w:r>
       <w:r w:rsidR="00776172" w:rsidRPr="00D92533">
         <w:t xml:space="preserve">kruising een nieuwe lijn (een nieuw genotype) wordt gecreëerd en </w:t>
       </w:r>
       <w:r w:rsidR="00DC0C0F" w:rsidRPr="00D92533">
         <w:t>bij de start van de fok</w:t>
       </w:r>
       <w:r w:rsidR="00776172" w:rsidRPr="00D92533">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00245DFD" w:rsidRPr="00D92533">
         <w:t>onbekend</w:t>
       </w:r>
       <w:r w:rsidR="00DC0C0F" w:rsidRPr="00D92533">
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidR="00A94056" w:rsidRPr="00D92533">
         <w:t xml:space="preserve">of er ongerief optreedt bij de nakomelingen, is </w:t>
       </w:r>
       <w:r w:rsidR="00776172" w:rsidRPr="00D92533">
         <w:t xml:space="preserve">er de wettelijke verplichting </w:t>
       </w:r>
       <w:r w:rsidR="008132E5" w:rsidRPr="00D92533">
         <w:t>bij de eerste 2</w:t>
       </w:r>
@@ -10971,60 +10925,52 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00857142">
         <w:t>Er zijn enkele uitzondering</w:t>
       </w:r>
       <w:r w:rsidR="00042F43">
         <w:t>en hierop</w:t>
       </w:r>
       <w:r w:rsidR="004D2A2A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00042F43">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D2A2A">
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00042F43">
         <w:t xml:space="preserve">ie </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00042F43" w:rsidRPr="005A5ABA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">toepassingsregeling fok van </w:t>
+          <w:t>toepassingsregeling fok van proedieren</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="004D2A2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00474BAB">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00A27B3F">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00474BAB">
         <w:t xml:space="preserve"> Monitoring dieren uit fok met </w:t>
       </w:r>
       <w:r w:rsidR="009D7DC6">
         <w:t>onbekend fenotype.</w:t>
       </w:r>
       <w:r w:rsidR="00474BAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00042F43">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00042F43" w:rsidRPr="00D92533" w:rsidDel="00042F43">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11154,102 +11100,104 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Homozygote dieren</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DEFA0EB" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFD4871" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="1CFD4871" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="002B6DE6" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-530956054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="747462872"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -11280,102 +11228,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39C2EA67" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Heterozygote dieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="05A75261" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="05A75261" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="00DD6087" w:rsidRDefault="002B6DE6" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-437457497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="2126962661"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -11392,135 +11342,129 @@
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1865" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="251DA94F" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DF50726" w14:textId="77777777" w:rsidR="006658C0" w:rsidRPr="001F758A" w:rsidRDefault="006658C0" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>He</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>mi</w:t>
             </w:r>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>zygote</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> dieren</w:t>
+              <w:t>zygote dieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3C2039A3" w14:textId="77777777" w:rsidR="006658C0" w:rsidRDefault="00000000" w:rsidP="00FC7BD5">
+          <w:p w14:paraId="3C2039A3" w14:textId="77777777" w:rsidR="006658C0" w:rsidRDefault="002B6DE6" w:rsidP="00FC7BD5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1972440895"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ja  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2067248719"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006658C0" w:rsidRPr="00DD6087">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Nee. </w:t>
             </w:r>
             <w:r w:rsidR="006658C0">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="006658C0" w:rsidRPr="004E6319">
               <w:rPr>
                 <w:bCs/>
@@ -11785,214 +11729,218 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Inperkings-niveau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F867FC" w:rsidRPr="001F758A" w14:paraId="57C4ADAF" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F9D60C9" w14:textId="4AE968F9" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="2F9D60C9" w14:textId="4AE968F9" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002B6DE6" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2140179523"/>
                 <w:placeholder>
                   <w:docPart w:val="B270439F84644240BE9DA37E5F08D927"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Filtertopkooi" w:value="Filtertopkooi"/>
                   <w:listItem w:displayText="Isocage" w:value="Isocage"/>
                   <w:listItem w:displayText="IVC" w:value="IVC"/>
                   <w:listItem w:displayText="Open kooi" w:value="Open kooi"/>
                   <w:listItem w:displayText="Aquaria" w:value="Aquaria"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4396BD6F" w14:textId="72F87FA5" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="4396BD6F" w14:textId="72F87FA5" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002B6DE6" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1666745675"/>
                 <w:placeholder>
                   <w:docPart w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Steriel" w:value="Steriel"/>
                   <w:listItem w:displayText="Niet-steriel" w:value="Niet-steriel"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08EE30EE" w14:textId="43CEB229" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="08EE30EE" w14:textId="43CEB229" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002B6DE6" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="166535612"/>
                 <w:placeholder>
                   <w:docPart w:val="5631F2EAB5D945CAAB762CB864A5E114"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Steriel" w:value="Steriel"/>
                   <w:listItem w:displayText="Niet-steriel" w:value="Niet-steriel"/>
                   <w:listItem w:displayText="N.v.t." w:value="N.v.t."/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C7FDA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
                 <w:r w:rsidR="008C7FDA" w:rsidRPr="006B1B92">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34D7D9A0" w14:textId="5C993ECC" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="34D7D9A0" w14:textId="5C993ECC" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="002B6DE6" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Calibri"/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="45194378"/>
                 <w:placeholder>
                   <w:docPart w:val="50E723F5AFB5483593B557FD94D2046E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:value="Kies een item."/>
                   <w:listItem w:displayText="D-I" w:value="D-I"/>
                   <w:listItem w:displayText="DM-I" w:value="DM-I"/>
                   <w:listItem w:displayText="DM-I voor 1 week, daarna D-I (AAV)" w:value="DM-I voor 1 week, daarna D-I (AAV)"/>
                   <w:listItem w:displayText="DM-I voor 2 weken, daarna D-I (Lenti)" w:value="DM-I voor 2 weken, daarna D-I (Lenti)"/>
                   <w:listItem w:displayText="DM-II" w:value="DM-II"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B4451" w:rsidRPr="007B4451">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566EE7" w:rsidRPr="001F758A" w14:paraId="3A960ACE" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -12204,115 +12152,117 @@
           <w:p w14:paraId="62E76E68" w14:textId="09FB5C8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="00764A5B" w:rsidP="005E181B">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C1900">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Wijze van typering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0743E5E9" w14:textId="77777777" w:rsidR="00633633" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="005E181B">
+          <w:p w14:paraId="0743E5E9" w14:textId="77777777" w:rsidR="00633633" w:rsidRPr="002C1900" w:rsidRDefault="002B6DE6" w:rsidP="005E181B">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-638342177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00764A5B" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Non invasief middels lamp </w:t>
             </w:r>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63837F65" w14:textId="25C6CD8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="005E181B">
+          <w:p w14:paraId="63837F65" w14:textId="25C6CD8A" w:rsidR="00764A5B" w:rsidRPr="002C1900" w:rsidRDefault="002B6DE6" w:rsidP="005E181B">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2142104321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00633633" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00764A5B" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Invasief middels DNA sample</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -12385,73 +12335,74 @@
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’, denk er aan bloedafname als dierproef te registreren</w:t>
             </w:r>
             <w:r w:rsidR="00661E9B">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (vergunningsplicht)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3712662D" w14:textId="3616A13B" w:rsidR="00861C2B" w:rsidRPr="00914221" w:rsidRDefault="00000000" w:rsidP="00611236">
+          <w:p w14:paraId="3712662D" w14:textId="3616A13B" w:rsidR="00861C2B" w:rsidRPr="00914221" w:rsidRDefault="002B6DE6" w:rsidP="00611236">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="862637353"/>
                 <w:placeholder>
                   <w:docPart w:val="3479D98949F14544BB1CC4EE586E8993"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Oorknip" w:value="Oorknip"/>
                   <w:listItem w:displayText="Bloed" w:value="Bloed"/>
                   <w:listItem w:displayText="Vinclip" w:value="Vinclip"/>
                   <w:listItem w:displayText="Anders, te weten" w:value="Anders, te weten"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E54B5" w:rsidRPr="007542DA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Keuze</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4B60" w:rsidRPr="00DB2497" w14:paraId="07B4E9AC" w14:textId="211E3219" w:rsidTr="000E54B5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="574"/>
@@ -12711,50 +12662,51 @@
       </w:r>
       <w:r w:rsidR="004650D9" w:rsidRPr="001F758A">
         <w:t xml:space="preserve">, bijvoorbeeld het tijdstip waarop tumoren zich kunnen gaan ontwikkelen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467D7DA7" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="008C1A0D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="200" w:lineRule="exact"/>
         <w:ind w:left="454" w:hanging="170"/>
       </w:pPr>
       <w:r w:rsidRPr="001F758A">
         <w:t>Geef ook de verwachte mate van ongerief (licht, matig, ernstig) aan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574A4709" w14:textId="45124443" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F001F3">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r w:rsidRPr="001F758A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabel </w:t>
       </w:r>
       <w:r w:rsidR="008F62D8">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:t xml:space="preserve">b.: </w:t>
       </w:r>
       <w:r w:rsidR="009D0E13">
         <w:t xml:space="preserve">Leeftijd van de dieren voor </w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
         </w:rPr>
         <w:t>observatie</w:t>
       </w:r>
       <w:r w:rsidR="00CB049D">
         <w:t xml:space="preserve"> en de daarbij te beoordelen </w:t>
       </w:r>
       <w:r w:rsidRPr="001F758A">
         <w:t>specifieke klinische verschijnselen.</w:t>
       </w:r>
     </w:p>
@@ -12895,59 +12847,51 @@
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78AB10D7" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F64D6B">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
               <w:t>Ingeschat ongerief</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55B2089B" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F64D6B">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="001F758A">
-              <w:t xml:space="preserve">Wie (zie initialen </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 1)</w:t>
+              <w:t>Wie (zie initialen pag 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F239DD" w:rsidRPr="001F758A" w14:paraId="13B8B328" w14:textId="77777777" w:rsidTr="00315A89">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="454" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05CCED57" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00A12A91">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
@@ -12994,50 +12938,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2ABA4B90" w14:textId="29AA13B4" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="160134805"/>
             <w:placeholder>
               <w:docPart w:val="7FB1C9B675854BE3B573B30BC84DFE49"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="47F1909B" w14:textId="1325D764" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13113,50 +13058,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="715E0EE6" w14:textId="41840E6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-955407120"/>
             <w:placeholder>
               <w:docPart w:val="B0B61BAFD3464682B7C1DAD3377E1702"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="406E90FB" w14:textId="71562472" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13232,50 +13178,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52CDE70F" w14:textId="440C7255" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="810907086"/>
             <w:placeholder>
               <w:docPart w:val="3FC63941C0954CBEB0F5FF689D644C4C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="40261466" w14:textId="581B7C6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13351,50 +13298,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="618E77D0" w14:textId="0B5B171A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="472190482"/>
             <w:placeholder>
               <w:docPart w:val="375AE364A1484F6FA54FB60B8D434AB0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="31974F63" w14:textId="0659BD79" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13470,50 +13418,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3DC15D" w14:textId="3CB16A40" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1053432003"/>
             <w:placeholder>
               <w:docPart w:val="6A4EEEA1E08F47D59CDD2B49E4A05B68"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Terminaal" w:value="1. Terminaal"/>
               <w:listItem w:displayText="2. Licht" w:value="2. Licht"/>
               <w:listItem w:displayText="3. Matig" w:value="3. Matig"/>
               <w:listItem w:displayText="4. Ernstig" w:value="4. Ernstig"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="253004F9" w14:textId="1B93A52A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00315A89" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00315A89">
                   <w:t>Kies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13982,77 +13931,55 @@
       <w:r w:rsidR="009D61C2" w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>voor hergebruik</w:t>
       </w:r>
       <w:r w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, stel de dieren, of weefsels daarvan dan</w:t>
       </w:r>
       <w:r w:rsidR="00904458">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A33464">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> beschikbaar via het platform </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00A33464">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Animal</w:t>
-[...20 lines deleted...]
-          <w:t xml:space="preserve"> Tissue Exchange</w:t>
+          <w:t>Animal and Tissue Exchange</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD63C3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF84653" w14:textId="20A6E5BA" w:rsidR="001766D3" w:rsidRPr="008E1A45" w:rsidRDefault="00C50D62" w:rsidP="000330B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk52379939"/>
       <w:r w:rsidRPr="008E1A45">
         <w:t>Bijlagen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792F28EC" w14:textId="7B81C166" w:rsidR="001766D3" w:rsidRPr="008E1A45" w:rsidRDefault="00B83A59" w:rsidP="00342B98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
@@ -14166,50 +14093,51 @@
         <w:spacing w:line="216" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35A4E0F9" w14:textId="747E35C5" w:rsidR="00D11A79" w:rsidRPr="003036C5" w:rsidRDefault="00D11A79" w:rsidP="008E6029">
       <w:pPr>
         <w:spacing w:line="216" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00D11A79" w:rsidRPr="003036C5" w:rsidSect="00DC6170">
           <w:headerReference w:type="default" r:id="rId40"/>
           <w:footerReference w:type="default" r:id="rId41"/>
           <w:type w:val="oddPage"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1276" w:right="567" w:bottom="975" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="780B3931" w14:textId="43773478" w:rsidR="00354B38" w:rsidRPr="006E3DFB" w:rsidRDefault="00354B38" w:rsidP="00354B38">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3DFB">
         <w:t>nstandhoudingsfok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3779C203" wp14:editId="5514C5F4">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1476301677" name="Picture 1476301677">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="De tabel wordt ingevuld door de contactpersoon van deze fok, eventueel in overleg met de fokcoordinator of fokbeheerder. Hierbij worden de uitgangspunten bij het opzeten van een fok, zoals in de toepassingsregeling H3 beschreven gevolgd."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -14254,65 +14182,52 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="00956598">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> breeding</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18FB0BD1" wp14:editId="72011329">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="16" name="Picture 16">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId42" tooltip="The table is completed by the contact person for this breeding programme, possibly in consultation with the breeding coordinator/manager. The principles for setting up a breeding programme, as described in the H3 application regulations"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -14422,376 +14337,336 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidR="00031048">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">geslacht + </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>genotype (Hom</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Hemi</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Hemi/Het</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>/Het</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A05037">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>WT)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0668BC7F" w14:textId="5AF54162" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>WT)</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Strain</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007A7CCB">
+              <w:t xml:space="preserve">Strain name + </w:t>
+            </w:r>
+            <w:r w:rsidR="00031048">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> name + </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00031048">
+              <w:t xml:space="preserve">sex + </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>sex</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00031048">
+              <w:t>genotype (Hom/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> + </w:t>
-[...31 lines deleted...]
-              <w:t>/</w:t>
+              <w:t>Hemi/</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Het/WT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B13F926" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="7B13F926" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="461395549"/>
                 <w:placeholder>
                   <w:docPart w:val="5DA393D4EE12440A81C817BEC8F5DDC1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
                   <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38" w:rsidRPr="00E07110">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="484A1CAB" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="484A1CAB" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E07110" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1359849449"/>
                 <w:placeholder>
                   <w:docPart w:val="D726A12ED04D44CBA66AF96E31306C1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Hom" w:value="Hom"/>
                   <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                   <w:listItem w:displayText="Het" w:value="Het"/>
                   <w:listItem w:displayText="WT" w:value="WT"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Genotype</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E3A9B52" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="5E3A9B52" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-2034643831"/>
                 <w:placeholder>
                   <w:docPart w:val="37A41B1F15854D84917DDBB517A1084A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
                   <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="09657268" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="09657268" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="635688667"/>
                 <w:placeholder>
                   <w:docPart w:val="BC688FAC9E82449CBC3F2339257CC636"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="-1696528314"/>
                     <w:placeholder>
                       <w:docPart w:val="14E99615568B446382161B72D8005782"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:displayText="Hom" w:value="Hom"/>
                       <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                       <w:listItem w:displayText="Het" w:value="Het"/>
                       <w:listItem w:displayText="WT" w:value="WT"/>
                     </w:dropDownList>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00354B38">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:eastAsia="Times"/>
                       </w:rPr>
                       <w:t>Genotype</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="13E2BC8D" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
@@ -14800,50 +14675,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nakomelingen</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-468506782"/>
                 <w:placeholder>
                   <w:docPart w:val="362D92F798F64FBFAEE45D2C587CC36C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7C682C9C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
@@ -14869,115 +14745,117 @@
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4603251B" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01B36736" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="01B36736" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1015354883"/>
                 <w:placeholder>
                   <w:docPart w:val="B1839847232D41ED9440D35017B7B00E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8B3365" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="5A8B3365" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="87124860"/>
                 <w:placeholder>
                   <w:docPart w:val="A0FCC9264A9D4A31854489AFB0372996"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="293F8D0D" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
@@ -15074,231 +14952,213 @@
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1961914826"/>
                 <w:placeholder>
                   <w:docPart w:val="D518F1336EFF4697850B994D4980C6A8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="7DCE1162" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00CB414E" w:rsidDel="00E174B5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="657DD04A" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1564557794"/>
                 <w:placeholder>
                   <w:docPart w:val="DB279FD621424AA1A21424C1D3082830"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="26AC921B" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="456DECE0" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00941DD8" w14:paraId="722D0E25" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DBFF642" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gemiddeld aantal </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> per fokvrouw:</w:t>
+              <w:t>Gemiddeld aantal speenlingen per fokvrouw:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68570256" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00550F7D" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Average number of siblings per breeder</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
@@ -15370,93 +15230,59 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Overige wensen/bijzonderheden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08A7F1D1" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...32 lines deleted...]
-              <w:t>/details:</w:t>
+              <w:t>Other wishes/details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DF49F11" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
@@ -15541,127 +15367,129 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of breeding cages:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78CF4D8C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="78CF4D8C" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1200205714"/>
                 <w:placeholder>
                   <w:docPart w:val="9D68D8362DA64913B415FD82FBEA2976"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="43DEDE68" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="007C15BE" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="43DEDE68" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="007C15BE" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-554465738"/>
                 <w:placeholder>
                   <w:docPart w:val="B3F65BE09435419CA3A1A50C7C5EDAD0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="000D7B87">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1:2</w:t>
             </w:r>
@@ -15682,218 +15510,170 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Anders, namelijk</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="651022743"/>
                 <w:placeholder>
                   <w:docPart w:val="C8BFB10FA7524AF8A6BBD42DD5BA7253"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="248A32C7" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00036FF0" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Other, namely</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00036FF0" w14:paraId="76F5EEFC" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52917E86" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="003B2FE9" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B2FE9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Continuïteit</w:t>
-[...26 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Continuïteit fok:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32AFCE98" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="003B2FE9" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Continuity of breeding:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D9576FC" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="1D9576FC" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00A05037" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-185058688"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standaard fok </w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E48FB9D" wp14:editId="40E98948">
                   <wp:extent cx="81280" cy="81280"/>
@@ -16002,291 +15782,260 @@
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:br/>
               <w:t>(Interval)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A026C41" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="0A026C41" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1520539940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Continu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19FFB0C3" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E77E00" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Continuous</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="012CF6B2" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="012CF6B2" w14:textId="77777777" w:rsidR="00354B38" w:rsidRDefault="002B6DE6" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1481808494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00354B38" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anders,</w:t>
             </w:r>
             <w:r w:rsidR="00354B38" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-859204769"/>
                 <w:placeholder>
                   <w:docPart w:val="2064A6259F8D401CB32C5DC10EC3A98B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00354B38" w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3500B393" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="00E77E00" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354B38" w:rsidRPr="00941DD8" w14:paraId="6C38DE98" w14:textId="77777777" w:rsidTr="002D4ED4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53DE240E" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="006667D5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Bij</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006667D5">
+              <w:t xml:space="preserve">Bij </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4113">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003C4113">
+              <w:t>continu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>continu</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> toe:</w:t>
+              <w:t>, licht toe:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C1A21E7" w14:textId="77777777" w:rsidR="00354B38" w:rsidRPr="006667D5" w:rsidRDefault="00354B38" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="006177EE">
               <w:rPr>
@@ -16546,231 +16295,197 @@
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D7D00" w14:textId="0E2A57C3" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="00310FEE">
+          <w:p w14:paraId="0A4D7D00" w14:textId="0E2A57C3" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="002B6DE6" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="117659380"/>
                 <w:placeholder>
                   <w:docPart w:val="0D8E7E6F7127444BBB07E8A0BB1D1CAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD3394">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3394">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>maanden</w:t>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59C10E2A" w14:textId="7568629A" w:rsidR="00CD3394" w:rsidRPr="000E3770" w:rsidRDefault="00CD3394" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="5E493EB1" w14:textId="307A4DDC" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="00310FEE">
+          <w:p w14:paraId="5E493EB1" w14:textId="307A4DDC" w:rsidR="00CD3394" w:rsidRPr="00A05037" w:rsidRDefault="002B6DE6" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1595129116"/>
                 <w:placeholder>
                   <w:docPart w:val="9E1901563468408897A08EDC7B6425AC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD3394">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CD3394" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3394">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>maanden</w:t>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
             <w:r w:rsidR="00CD3394" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC4440" w:rsidRPr="00A05037" w14:paraId="28121D72" w14:textId="77777777" w:rsidTr="00310FEE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FD04342" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -16862,230 +16577,198 @@
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="05B892AA" w14:textId="6A5406EE" w:rsidR="00CC4440" w:rsidRDefault="00000000" w:rsidP="00310FEE">
+          <w:p w14:paraId="05B892AA" w14:textId="6A5406EE" w:rsidR="00CC4440" w:rsidRDefault="002B6DE6" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="494152225"/>
                 <w:placeholder>
                   <w:docPart w:val="E1DD30DEDC3745FEB46A7B3228D6E697"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4440">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> mannen</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4440">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>mannen</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14DF251B" w14:textId="68BB418D" w:rsidR="00CC4440" w:rsidRPr="000E3770" w:rsidRDefault="00CC4440" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3770">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9F29C4" w14:textId="6323D125" w:rsidR="00CC4440" w:rsidRDefault="00000000" w:rsidP="00310FEE">
+          <w:p w14:paraId="4F9F29C4" w14:textId="6323D125" w:rsidR="00CC4440" w:rsidRDefault="002B6DE6" w:rsidP="00310FEE">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1895461150"/>
                 <w:placeholder>
                   <w:docPart w:val="DDC6246F4FD4491B93A1E281A6C33523"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4440">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CC4440" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> vrouwen</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4440">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>vrouwen</w:t>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
             <w:r w:rsidR="00CC4440" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>female</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC4440" w:rsidRPr="00A05037" w14:paraId="3B0E87BA" w14:textId="77777777" w:rsidTr="007457E2">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A005EB4" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
@@ -17094,71 +16777,59 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Overige wensen/bijzonderheden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B3DF362" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRPr="00A05037" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> wishes/details:</w:t>
+              <w:t>Other wishes/details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72AEE831" w14:textId="77777777" w:rsidR="00CC4440" w:rsidRPr="00A05037" w:rsidRDefault="00CC4440" w:rsidP="00CC4440">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B557DE0" w14:textId="73A5D943" w:rsidR="00ED3F00" w:rsidRPr="00ED3F00" w:rsidRDefault="00ED3F00" w:rsidP="00E23F3E"/>
     <w:sectPr w:rsidR="00ED3F00" w:rsidRPr="00ED3F00" w:rsidSect="00645803">
@@ -17414,70 +17085,57 @@
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">.0 </w:t>
     </w:r>
     <w:r w:rsidRPr="00F64D6B">
       <w:t>—</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AC5A57">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...4 lines deleted...]
-      </w:rPr>
       <w:t>Pagi</w:t>
     </w:r>
     <w:r w:rsidRPr="001F0228">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>na</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">na </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>12</w:t>
@@ -17608,58 +17266,56 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1231200" cy="540000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00D66142">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Fokprotocol</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0AC3507D" w14:textId="4E476948" w:rsidR="00CF4E44" w:rsidRPr="00356899" w:rsidRDefault="00CF4E44" w:rsidP="00D57F7D">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10488"/>
       </w:tabs>
       <w:ind w:left="1418"/>
     </w:pPr>
     <w:r w:rsidRPr="00D66142">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01F37DFE" wp14:editId="75351DB0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>165735</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
@@ -21122,61 +20778,59 @@
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="bestFit" w:percent="302"/>
+  <w:zoom w:percent="150"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00907494"/>
     <w:rsid w:val="00000FDA"/>
     <w:rsid w:val="00001412"/>
@@ -21418,50 +21072,51 @@
     <w:rsid w:val="002761E5"/>
     <w:rsid w:val="00276710"/>
     <w:rsid w:val="002801E6"/>
     <w:rsid w:val="00280B71"/>
     <w:rsid w:val="00281B85"/>
     <w:rsid w:val="00283ACA"/>
     <w:rsid w:val="00283B4E"/>
     <w:rsid w:val="0028510E"/>
     <w:rsid w:val="00285211"/>
     <w:rsid w:val="00285C19"/>
     <w:rsid w:val="00286EB9"/>
     <w:rsid w:val="00287834"/>
     <w:rsid w:val="002917E0"/>
     <w:rsid w:val="002926AF"/>
     <w:rsid w:val="00292F9F"/>
     <w:rsid w:val="00294475"/>
     <w:rsid w:val="00295F3D"/>
     <w:rsid w:val="002977BB"/>
     <w:rsid w:val="002A4D76"/>
     <w:rsid w:val="002A7BEF"/>
     <w:rsid w:val="002B1E46"/>
     <w:rsid w:val="002B326A"/>
     <w:rsid w:val="002B37EF"/>
     <w:rsid w:val="002B5315"/>
     <w:rsid w:val="002B644C"/>
+    <w:rsid w:val="002B6DE6"/>
     <w:rsid w:val="002C051B"/>
     <w:rsid w:val="002C1900"/>
     <w:rsid w:val="002C42E1"/>
     <w:rsid w:val="002C4CD6"/>
     <w:rsid w:val="002C50E3"/>
     <w:rsid w:val="002C60C8"/>
     <w:rsid w:val="002C658B"/>
     <w:rsid w:val="002C72B0"/>
     <w:rsid w:val="002C7759"/>
     <w:rsid w:val="002D46B6"/>
     <w:rsid w:val="002D4ED4"/>
     <w:rsid w:val="002D56EC"/>
     <w:rsid w:val="002D614C"/>
     <w:rsid w:val="002D68FE"/>
     <w:rsid w:val="002D6DFD"/>
     <w:rsid w:val="002D700C"/>
     <w:rsid w:val="002D7710"/>
     <w:rsid w:val="002E31F5"/>
     <w:rsid w:val="002E5842"/>
     <w:rsid w:val="002E615A"/>
     <w:rsid w:val="002F0217"/>
     <w:rsid w:val="002F127F"/>
     <w:rsid w:val="002F26FC"/>
     <w:rsid w:val="002F33E0"/>
     <w:rsid w:val="002F38C7"/>
@@ -27430,668 +27085,50 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD1D1E61EB464F7FB22C111A3790E7CD">
     <w:name w:val="AD1D1E61EB464F7FB22C111A3790E7CD"/>
     <w:rsid w:val="00557DBC"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="04E2342AD96646C484359A0D25835D25">
     <w:name w:val="04E2342AD96646C484359A0D25835D25"/>
     <w:rsid w:val="00557DBC"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC688FAC9E82449CBC3F2339257CC636">
     <w:name w:val="BC688FAC9E82449CBC3F2339257CC636"/>
     <w:rsid w:val="00CC1839"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E5D2F3869104AEAAC64F37AA218E5091">
-[...616 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E5D2F3869104AEAAC64F37AA218E509">
     <w:name w:val="5E5D2F3869104AEAAC64F37AA218E509"/>
     <w:rsid w:val="006902EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2444A7EDE91044A6B969594F3726862A">
     <w:name w:val="2444A7EDE91044A6B969594F3726862A"/>
     <w:rsid w:val="006902EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C98C05FF0F9545ED84D9C0D3E561E191">
@@ -28918,61 +27955,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100047CB0933D0F3E4493010A88D9E0BD71" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1db36b1e21876317f7e09b3a00de0e50">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f7f05b2-b429-460e-a1bd-390c26808011" xmlns:ns3="5d46921d-56e8-4f57-a0d4-befe577d055d" xmlns:ns4="53df6a5f-9334-4503-a845-5e05459a4c71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d90ea237a7faab2078becf6bed2d0ea6" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <xsd:import namespace="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <xsd:import namespace="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -29194,113 +28220,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="53df6a5f-9334-4503-a845-5e05459a4c71" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2f7f05b2-b429-460e-a1bd-390c26808011">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9916131A-0703-4623-9F49-DBA1DB84B004}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <ds:schemaRef ds:uri="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
+    <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303FFDD7-1D7B-461B-B09F-6EF6C73E0F4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2B72266-9438-4735-A872-8E0E88B000AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1820</Words>
   <Characters>10010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>