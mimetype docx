--- v0 (2025-11-17)
+++ v1 (2026-01-17)
@@ -1,63 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3605D310" w14:textId="5CEAE338" w:rsidR="00F239DD" w:rsidRPr="00934668" w:rsidRDefault="00934668" w:rsidP="00F64D6B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00934668">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
@@ -71,736 +72,859 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F6F0F3"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2593"/>
         <w:gridCol w:w="4697"/>
         <w:gridCol w:w="1496"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="287"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F239DD" w:rsidRPr="00BA785E" w14:paraId="7BAEDDCA" w14:textId="77777777" w:rsidTr="00464412">
+      <w:tr w:rsidR="00F239DD" w:rsidRPr="0021718D" w14:paraId="7BAEDDCA" w14:textId="77777777" w:rsidTr="00464412">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DA459DC" w14:textId="77777777" w:rsidR="008A7377" w:rsidRPr="008A7377" w:rsidRDefault="008A7377" w:rsidP="008A7377">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7377">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Stipulations AWB Utrecht:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="724A7668" w14:textId="77777777" w:rsidR="00FE0354" w:rsidRPr="005B6DE8" w:rsidRDefault="00FE0354" w:rsidP="00FE0354">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Take notice of the breeding policy, which can be found on </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="005B6DE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:noProof/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>www.ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46C9F945" w14:textId="77777777" w:rsidR="00C27ADB" w:rsidRDefault="00FE0354" w:rsidP="00C27ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Report modifications to the IvDU (</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="005B6DE8">
                 <w:rPr>
                   <w:noProof/>
                   <w:color w:val="2A6392"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>info@ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7310933D" w14:textId="58551657" w:rsidR="00FE0354" w:rsidRPr="00C27ADB" w:rsidRDefault="00FE0354" w:rsidP="00C27ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="200" w:lineRule="exact"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C27ADB">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Report unforeseen dead animals and animals with unexpected discomfort to the IvD Utrecht (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00C27ADB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:noProof/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>info@ivd-utrecht.nl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C27ADB">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>) and the animal facility</w:t>
             </w:r>
             <w:r w:rsidR="00FE3F1E">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDD6976" w14:textId="77777777" w:rsidR="00EE4624" w:rsidRDefault="00FE0354" w:rsidP="00EE4624">
+          <w:p w14:paraId="6FDD6976" w14:textId="6997DB67" w:rsidR="00EE4624" w:rsidRDefault="00FE0354" w:rsidP="00EE4624">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:ind w:left="142" w:hanging="142"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk52379295"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C31BCF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>At leas once</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005B6DE8">
+              <w:t>At leas</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a year, the breeding protocol (and appendices) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005B6DE8">
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00C31BCF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>is evaluated with the study director, breeding coordinator, breeding manager and IvDU</w:t>
-[...4 lines deleted...]
-              <w:spacing w:line="170" w:lineRule="exact"/>
+              <w:t xml:space="preserve"> once</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
+                <w:noProof/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a year, the breeding protocol (and appendices) </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="005B6DE8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>is evaluated with the study director, breeding co</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B6DE8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ordinator, breeding manager and IvDU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DBD8BF4" w14:textId="18AA8342" w:rsidR="005C0E09" w:rsidRPr="00EE4624" w:rsidRDefault="00000000" w:rsidP="00EE4624">
+            <w:pPr>
+              <w:spacing w:line="170" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-290054711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EE4624">
+                <w:r w:rsidR="002721B1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00EE4624">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">If no backup line is available. Agreed that clarity will be provided regarding the backup of the line by </w:t>
+              <w:t>If no back</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>up line is available</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>greed that clarity will be provided regarding the back</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">up of the line by </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="22"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1741779575"/>
                 <w:placeholder>
                   <w:docPart w:val="F288C5B124A14249835E6F85B4B90166"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00AB19DA" w:rsidRPr="00AB19DA">
+                <w:r w:rsidR="00AB19DA" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w14:paraId="101F1CE0" w14:textId="77777777" w:rsidTr="00C16D23">
+      <w:tr w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w14:paraId="101F1CE0" w14:textId="77777777" w:rsidTr="00701D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="053885C1" w14:textId="77777777" w:rsidR="00A710AC" w:rsidRPr="00761067" w:rsidRDefault="00A710AC" w:rsidP="00C05166">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00863ACC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Num</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="00863ACC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">er </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>er</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00863ACC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>work protocol</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> protocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="646FFEC0" w14:textId="3F17FBD7" w:rsidR="00A710AC" w:rsidRPr="00807BE2" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00807BE2">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Approved by AWB Utrecht </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Stamp)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2913" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="378CEA16" w14:textId="45CDF1E5" w:rsidR="00A710AC" w:rsidRPr="00C672F9" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713FEB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Conclusion of work protocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="184494782"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="287" w:type="dxa"/>
                 <w:tcBorders>
+                  <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
+                  <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="33FD1BC5" w14:textId="244BC9CD" w:rsidR="00A710AC" w:rsidRPr="00C672F9" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w14:paraId="7585232D" w14:textId="77777777" w:rsidTr="00C16D23">
+      <w:tr w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w14:paraId="7585232D" w14:textId="77777777" w:rsidTr="00701D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14A37BB8" w14:textId="6826FE87" w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="5ECDFA1D" w14:textId="77777777" w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1F011430" w14:textId="3AD0B105" w:rsidR="00A710AC" w:rsidRPr="00C672F9" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Date:</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Da</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C1F0D">
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">te: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="22"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-39751157"/>
                 <w:placeholder>
                   <w:docPart w:val="C9802D5FA23140B68002525461897D43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00AB19DA">
+                <w:r w:rsidRPr="005C1F0D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="07702D43" w14:textId="19BD0F30" w:rsidR="00A710AC" w:rsidRPr="00C672F9" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Initials:</w:t>
+              <w:t>Initials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A710AC" w:rsidRPr="00053F1E" w14:paraId="2CBB401A" w14:textId="77777777" w:rsidTr="00AD6710">
+      <w:tr w:rsidR="00A710AC" w:rsidRPr="00053F1E" w14:paraId="2CBB401A" w14:textId="77777777" w:rsidTr="00701D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA36C43" w14:textId="7098103C" w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0B7D0402" w14:textId="77777777" w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6607E478" w14:textId="201CD8D0" w:rsidR="00A710AC" w:rsidRPr="00053F1E" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>WP alignment</w:t>
-            </w:r>
+              <w:t xml:space="preserve">WP </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>alignment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="138012B2" w14:textId="124FB010" w:rsidR="00A710AC" w:rsidRPr="00053F1E" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F6660">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16220BEA" wp14:editId="332FC908">
                   <wp:extent cx="85725" cy="85725"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
@@ -887,51 +1011,51 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="104297" cy="104297"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="560F8702" w14:textId="10833050" w:rsidR="00A710AC" w:rsidRPr="00053F1E" w:rsidRDefault="00A710AC" w:rsidP="00964AC0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F6660">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13E127BC" wp14:editId="3FBE1364">
                   <wp:extent cx="85725" cy="85725"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="10" name="Picture 10" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
@@ -1013,2437 +1137,2363 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="104297" cy="104297"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="2CF80862" w14:textId="77777777" w:rsidTr="00AD6710">
+      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="2CF80862" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26970043" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00F40989" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="09F1C384" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE642C5" w14:textId="5F915E40" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:r w:rsidRPr="005C1F0D">
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DH </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-322205209"/>
                 <w:placeholder>
                   <w:docPart w:val="C690070178B44BB8A3009F631367C1C6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Pascalle" w:value="Pascalle"/>
                   <w:listItem w:displayText="Ivo" w:value="Ivo"/>
                   <w:listItem w:displayText="Mieneke" w:value="Mieneke"/>
                   <w:listItem w:displayText="Fuus" w:value="Fuus"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="000260E8">
+                <w:r w:rsidRPr="0098197D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
                   </w:rPr>
-                  <w:t>na</w:t>
-[...7 lines deleted...]
-                  <w:t>me</w:t>
+                  <w:t>name</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9C52AA" w14:textId="0DCB45A0" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1619334753"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="424622841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1C0818" w14:textId="1F778A54" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BSO UU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346F4D5F" w14:textId="50DBD5A0" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-397125307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-536817760"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1583103677"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="6CA0B424" w14:textId="77777777" w:rsidTr="00AD6710">
+      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="6CA0B424" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42666D65" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6E7F94B4" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F78B581" w14:textId="543A406B" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Head of unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1552966219"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-754435370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2650D4E6" w14:textId="6C235EDD" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BSO UMCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06044391" w14:textId="23D0CD1E" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1507435920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1551917497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1275866708"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="4F27DAFD" w14:textId="77777777" w:rsidTr="00AD6710">
+      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="4F27DAFD" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C2BB832" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00761067" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="64463E63" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w:rsidRDefault="00D727EA" w:rsidP="009C5C69">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D44F47" w14:textId="01F4A7FB" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Breeding coordinator</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Breeding </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF24589" w14:textId="32AF612B" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1370227491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="676306875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25628498" w14:textId="302D583F" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F857D61" w14:textId="1C59C96C" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1954151375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="132218508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="7DE570F0" w14:textId="77777777" w:rsidTr="00AD6710">
+      <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="7DE570F0" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="196"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59154A8F" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00761067" w:rsidRDefault="00D727EA" w:rsidP="008B4779">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4697" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="20DA25AB" w14:textId="77777777" w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w:rsidRDefault="00D727EA" w:rsidP="008B4779">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE3E32A" w14:textId="063172EC" w:rsidR="00D727EA" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208EBE7E" w14:textId="6EF94BE7" w:rsidR="00D727EA" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2EA18C" w14:textId="7EC4A09B" w:rsidR="00D727EA" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Veterinair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF82D0F" w14:textId="7CBBBA71" w:rsidR="00D727EA" w:rsidRDefault="00000000" w:rsidP="0098197D">
+            <w:pPr>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1331374807"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-320041210"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54D77F70" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dotDash" w:sz="4" w:space="1" w:color="94C11A"/>
         </w:pBdr>
         <w:spacing w:line="100" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A40DB1B" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10518" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="97"/>
         <w:gridCol w:w="2996"/>
         <w:gridCol w:w="689"/>
         <w:gridCol w:w="876"/>
         <w:gridCol w:w="1565"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F71A5" w:rsidRPr="00D663F2" w14:paraId="571F2EEA" w14:textId="77777777" w:rsidTr="00017156">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="561D4596" w14:textId="13310F95" w:rsidR="001F71A5" w:rsidRDefault="00017156" w:rsidP="001F71A5">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Does this concern a breeding with discomfort? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1242640981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1860896068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1" w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00012D30" w14:textId="45DEC6DC" w:rsidR="00826201" w:rsidRPr="00017156" w:rsidRDefault="00826201" w:rsidP="001F71A5">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826201">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Genotyping by blood sampling</w:t>
             </w:r>
             <w:r w:rsidR="003E0B30">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/vinclip</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
-                  <w:sz w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="568386922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1857888159"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E1887BF" w14:textId="059E1ADC" w:rsidR="00214C30" w:rsidRPr="00017156" w:rsidRDefault="0027107F" w:rsidP="00C959D3">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027107F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>If yes, projectlicense no. (CCD):</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F71A5" w:rsidRPr="00017156">
+              <w:t xml:space="preserve">If yes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0027107F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>projectlicense</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0027107F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no. (CCD):</w:t>
+            </w:r>
+            <w:r w:rsidR="001F71A5" w:rsidRPr="00017156">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F71A5" w:rsidRPr="00017156">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2441" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="482F3C0A" w14:textId="2B20E546" w:rsidR="001F71A5" w:rsidRPr="00D663F2" w:rsidRDefault="001F71A5" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CCD-</w:t>
             </w:r>
             <w:r w:rsidR="00AF3F05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>appendix</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n</w:t>
             </w:r>
             <w:r w:rsidR="00AF3F05">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00D663F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1387878058"/>
                 <w:placeholder>
                   <w:docPart w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="25" w:value="25"/>
                   <w:listItem w:displayText="n.v.t" w:value="n.v.t"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017156">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A5" w:rsidRPr="00BA785E" w14:paraId="7A185A3A" w14:textId="77777777" w:rsidTr="00F91893">
+      <w:tr w:rsidR="001F71A5" w:rsidRPr="0021718D" w14:paraId="7A185A3A" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7267258C" w14:textId="0A5F65C4" w:rsidR="001F71A5" w:rsidRPr="00070495" w:rsidRDefault="00C40499" w:rsidP="00FA4402">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40499">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>End date CCD license (BD):</w:t>
             </w:r>
             <w:r w:rsidR="008E0460" w:rsidRPr="00070495">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1530837745"/>
                 <w:placeholder>
                   <w:docPart w:val="A11830E89334438E80B56975C5B63C64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009937DA" w:rsidRPr="009937DA">
+                <w:r w:rsidR="009937DA" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073074A" w:rsidRPr="00D663F2" w14:paraId="690F91B8" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30E8ABB2" w14:textId="6C8390DF" w:rsidR="0073074A" w:rsidRPr="008E0460" w:rsidRDefault="00070495" w:rsidP="00945A95">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stipulations</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008E0460" w:rsidRPr="001F71A5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCD</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F4D07CE" wp14:editId="19BFA1F5">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F4D07CE" wp14:editId="009B1ED7">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="31" name="Picture 31">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId17" tooltip="The CCD has not set any additional conditions for the umbrella license for the breeding of transgenic mice (AVD1080020184744). For other permits involving breeding with discomfort, the CCD can set conditions that you must meet"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="31" name="Picture 31">
                             <a:hlinkClick r:id="rId17" tooltip="The CCD has not set any additional conditions for the umbrella license for the breeding of transgenic mice (AVD1080020184744). For other permits involving breeding with discomfort, the CCD can set conditions that you must meet"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="FEFDFB"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="FEFDFB">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00863430" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F401134" wp14:editId="219B73BC">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F401134" wp14:editId="727D3484">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="845483867" name="Picture 845483867">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId19" tooltip="For the umbrella application at TN (AVD11500202519012), the CCD has set a retrospective assessment as a condition."/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="845483867" name="Picture 845483867">
                             <a:hlinkClick r:id="rId19" tooltip="For the umbrella application at TN (AVD11500202519012), the CCD has set a retrospective assessment as a condition."/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="FEFDFB"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="FEFDFB">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00863430">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="008E0460" w:rsidRPr="001F71A5">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F18E6" w:rsidRPr="00BA785E" w14:paraId="3E3C7E49" w14:textId="77777777" w:rsidTr="00F91893">
+      <w:tr w:rsidR="007F18E6" w:rsidRPr="0021718D" w14:paraId="3E3C7E49" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6257A232" w14:textId="25822ECC" w:rsidR="007F18E6" w:rsidRPr="007F18E6" w:rsidRDefault="007F18E6" w:rsidP="007F18E6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Title of the breeding protocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8477" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56F6342D" w14:textId="497F1FBB" w:rsidR="007F18E6" w:rsidRPr="004F1177" w:rsidRDefault="007F18E6" w:rsidP="00821E3F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574147">
               <w:rPr>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Breeding of </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1249929800"/>
                 <w:placeholder>
                   <w:docPart w:val="BF2296CF61D1431A86810A8A99B39CCD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00574147">
+                <w:r w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008562EE" w:rsidRPr="001F758A" w14:paraId="6F2BAA96" w14:textId="77777777" w:rsidTr="00CC7681">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2349A58F" w14:textId="06CB6387" w:rsidR="008562EE" w:rsidRPr="00676BA8" w:rsidRDefault="008562EE" w:rsidP="008562EE">
+          <w:p w14:paraId="2349A58F" w14:textId="06CB6387" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00676BA8">
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00034C1A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Animal facility:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61139F" w14:textId="223755E1" w:rsidR="008562EE" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="008562EE">
+          <w:p w14:paraId="5B61139F" w14:textId="223755E1" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="00000000" w:rsidP="008562EE">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
                 <w:alias w:val="Animal facility"/>
                 <w:tag w:val="GDL"/>
                 <w:id w:val="2056883466"/>
                 <w:placeholder>
                   <w:docPart w:val="3B7B6EF232D34E01A5DDC96BCAD47306"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="GDL" w:value="GDL"/>
                   <w:listItem w:displayText="Stratenum" w:value="Stratenum"/>
                   <w:listItem w:displayText="PSP - Bilthoven" w:value="PSP - Bilthoven"/>
                   <w:listItem w:displayText="Kruyt (Biology)" w:value="Kruyt (Biology)"/>
                   <w:listItem w:displayText="Other, " w:value="Other, "/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009937DA">
+                <w:r w:rsidR="009937DA" w:rsidRPr="00034C1A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363AAF34" w14:textId="69BA530E" w:rsidR="008562EE" w:rsidRPr="00676BA8" w:rsidRDefault="008562EE" w:rsidP="008562EE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676BA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Optional for GDL: experiment code location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="Dropdown23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04601BB6" w14:textId="29752FBE" w:rsidR="008562EE" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="008562EE">
+          <w:p w14:paraId="04601BB6" w14:textId="29752FBE" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="008562EE">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="856317626"/>
                 <w:placeholder>
                   <w:docPart w:val="F29E38E7449A46E9B229A517D2241AD5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Infection" w:value="Infection"/>
                   <w:listItem w:displayText="Large" w:value="Large"/>
                   <w:listItem w:displayText="Orange" w:value="Orange"/>
                   <w:listItem w:displayText="Purple" w:value="Purple"/>
                   <w:listItem w:displayText="Red" w:value="Red"/>
                   <w:listItem w:displayText="White" w:value="White"/>
                   <w:listItem w:displayText="Yellow" w:value="Yellow"/>
                   <w:listItem w:displayText="PSP - D5c" w:value="PSP - D5c"/>
                   <w:listItem w:displayText="N.A." w:value="N.A."/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008562EE">
+                <w:r w:rsidR="008562EE" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7613C2F8" w14:textId="0FD56473" w:rsidR="008562EE" w:rsidRPr="001F758A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
+          <w:p w14:paraId="7613C2F8" w14:textId="0FD56473" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="008562EE" w:rsidP="008562EE">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008562EE" w:rsidRPr="001F758A" w14:paraId="06D464F9" w14:textId="77777777" w:rsidTr="00CC7681">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="793C3E7D" w14:textId="134B1A71" w:rsidR="008562EE" w:rsidRPr="00676BA8" w:rsidRDefault="008562EE" w:rsidP="008562EE">
+          <w:p w14:paraId="793C3E7D" w14:textId="134B1A71" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00676BA8">
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00034C1A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Planned start date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-50620968"/>
             <w:placeholder>
               <w:docPart w:val="80FA43F3F05844AAAEED9B628222A220"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d-M-yyyy"/>
               <w:lid w:val="nl-NL"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2254" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1736474F" w14:textId="59F4C6E3" w:rsidR="008562EE" w:rsidRPr="001F758A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
+              <w:p w14:paraId="1736474F" w14:textId="59F4C6E3" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
                 <w:pPr>
                   <w:spacing w:line="170" w:lineRule="exact"/>
                   <w:rPr>
-                    <w:sz w:val="16"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00034C1A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185A6BF5" w14:textId="52A8BC1D" w:rsidR="008562EE" w:rsidRPr="00676BA8" w:rsidRDefault="008562EE" w:rsidP="008562EE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00676BA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Planned end date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
+              <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="301432985"/>
             <w:placeholder>
               <w:docPart w:val="CCCF1AC306AA422DBA61459602054D54"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d-M-yyyy"/>
               <w:lid w:val="nl-NL"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3130" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5FEC49B4" w14:textId="3BBA72CA" w:rsidR="008562EE" w:rsidRPr="001F758A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
+              <w:p w14:paraId="5FEC49B4" w14:textId="3BBA72CA" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="008562EE" w:rsidP="008562EE">
                 <w:pPr>
                   <w:spacing w:line="170" w:lineRule="exact"/>
                   <w:rPr>
-                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50BCA058" w14:textId="0C7449D7" w:rsidR="00646441" w:rsidRPr="00245C1E" w:rsidRDefault="00B95453" w:rsidP="00646441">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicate </w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">below </w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>alarm icon</w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in numbers) who is the first (</w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>) and second (</w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>) point of contact for animals with unexpected discomfort or animals found dead</w:t>
       </w:r>
       <w:r w:rsidR="00646441" w:rsidRPr="00245C1E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00646441" w:rsidRPr="00245C1E">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F603DE3" wp14:editId="67BCDAF9">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Picture 7">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId20" tooltip="Click for the animation video on reporting discomfort"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7">
                       <a:hlinkClick r:id="rId20" tooltip="Click for the animation video on reporting discomfort"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
@@ -3500,52 +3550,65 @@
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C917B3" w:rsidRPr="004F43DE" w14:paraId="4BAA6F93" w14:textId="77777777" w:rsidTr="00244805">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7033E0AA" w14:textId="7CB53B71" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DB2497">
-              <w:t>Parties involved:</w:t>
+              <w:t>Parties</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>involved</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="113ECD13" w14:textId="0722DB95" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00BA785E" w:rsidP="00244805">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058595C">
               <w:rPr>
                 <w:noProof/>
@@ -3629,81 +3692,88 @@
             </w:pPr>
             <w:r>
               <w:t>First + last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C5607B4" w14:textId="6D1E17E5" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Initials</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5751D745" w14:textId="0AF97261" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
-              <w:t>Mobile phone</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Mobile </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79BC4934" w14:textId="555B1C3F" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
@@ -3713,1585 +3783,2045 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4751599C" w14:textId="6C27FE1D" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DB2497">
               <w:t>Qualification</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E78A1E" w14:textId="73A9D610" w:rsidR="00C917B3" w:rsidRPr="00BB7CB1" w:rsidRDefault="00C917B3" w:rsidP="00C917B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DB2497">
-              <w:t>Faculty/Institute/ Department</w:t>
-            </w:r>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>Institute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:t>Department</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008636F4" w:rsidRPr="00FE68A1" w14:paraId="632D781F" w14:textId="77777777" w:rsidTr="00AB6E05">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6487299A" w14:textId="7EF51799" w:rsidR="008636F4" w:rsidRPr="00BB7CB1" w:rsidRDefault="008636F4" w:rsidP="008636F4">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Study Director (SD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3053D290" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="3053D290" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC19B15" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="1AC19B15" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10673405" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="10673405" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624370EA" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="624370EA" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="504FBDB0" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="504FBDB0" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2CEC5F" w14:textId="17822551" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
-            <w:r w:rsidRPr="00226FCC">
+          <w:p w14:paraId="1E2CEC5F" w14:textId="17822551" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B00F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Art. 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C74AD69" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="3C74AD69" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008636F4" w:rsidRPr="00FE68A1" w14:paraId="380D019D" w14:textId="77777777" w:rsidTr="00AB6E05">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62663B70" w14:textId="4939D1ED" w:rsidR="008636F4" w:rsidRPr="00BB7CB1" w:rsidRDefault="008636F4" w:rsidP="008636F4">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Alternate Study Director (ASD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07033366" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="07033366" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20D77F43" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="20D77F43" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0639F174" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="0639F174" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F0A6E2" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="77F0A6E2" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="663F31B2" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="663F31B2" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="216274C6" w14:textId="4511F891" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="00BA785E" w:rsidP="00226FCC">
+          <w:p w14:paraId="216274C6" w14:textId="4511F891" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="133918159"/>
                 <w:placeholder>
                   <w:docPart w:val="ADB0249A8057442398AFC873704D7861"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008636F4" w:rsidRPr="00226FCC">
+                <w:r w:rsidR="008636F4" w:rsidRPr="005B00F6">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5926941D" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="00226FCC" w:rsidRDefault="008636F4" w:rsidP="00226FCC"/>
+          <w:p w14:paraId="5926941D" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="7E28E58F" w14:textId="77777777" w:rsidTr="00AB6E05">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12200D68" w14:textId="30F3EEC3" w:rsidR="009B6EEC" w:rsidRPr="00DB2497" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B6EEC">
-              <w:t>Contact breeding</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009B6EEC">
+              <w:t>breeding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00BE3ABC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE3ABC" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="191B7640" wp14:editId="483EC667">
-                  <wp:extent cx="81280" cy="81280"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="191B7640" wp14:editId="58170CA9">
+                  <wp:extent cx="81000" cy="81000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1542641674" name="Picture 1542641674">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId23" tooltip="Contact person for this specific breeding protocol"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1542641674" name="Picture 1542641674">
                             <a:hlinkClick r:id="rId23" tooltip="Contact person for this specific breeding protocol"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
+                            <a:clrChange>
+                              <a:clrFrom>
+                                <a:srgbClr val="F8F9FB"/>
+                              </a:clrFrom>
+                              <a:clrTo>
+                                <a:srgbClr val="F8F9FB">
+                                  <a:alpha val="0"/>
+                                </a:srgbClr>
+                              </a:clrTo>
+                            </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="81280" cy="81280"/>
+                            <a:ext cx="81000" cy="81000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72AF18BC" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="72AF18BC" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4254C8DA" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="4254C8DA" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AA240B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="49AA240B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F359376" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="1F359376" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6566EB0F" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="6566EB0F" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:id w:val="1818301756"/>
             <w:placeholder>
               <w:docPart w:val="DE727458E7744F839C05293B3BEF53E4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="38548C72" w14:textId="0D75FB71" w:rsidR="009B6EEC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
-                <w:r w:rsidRPr="003A1E40">
+              <w:p w14:paraId="38548C72" w14:textId="0D75FB71" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+                <w:pPr>
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="005B00F6">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Kies een item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9CBDC5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="1E9CBDC5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="7FA570EF" w14:textId="77777777" w:rsidTr="00AB6E05">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6603BF25" w14:textId="49043ECB" w:rsidR="009B6EEC" w:rsidRPr="00BB7CB1" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Departmental Lab Animal Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38C8E9D9" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="38C8E9D9" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC009E5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="0EC009E5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7848446B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="7848446B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0775BFD9" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="0775BFD9" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4DAECA" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="4B4DAECA" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3755BE" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="7E3755BE" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE15C7A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="2BE15C7A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="0906954A" w14:textId="77777777" w:rsidTr="00825B55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08EA7F02" w14:textId="1CAFFCA0" w:rsidR="009B6EEC" w:rsidRPr="00BB7CB1" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27171EB5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="27171EB5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D01DB53" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="3D01DB53" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B47C344" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="0B47C344" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1ABF73" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="5B1ABF73" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2F7E03" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="2C2F7E03" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35020DC3" w14:textId="632F1A28" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="00BA785E" w:rsidP="009B6EEC">
+          <w:p w14:paraId="35020DC3" w14:textId="632F1A28" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="656651280"/>
                 <w:placeholder>
                   <w:docPart w:val="F3A775ADC7C24388BFE93614822C8780"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009B6EEC" w:rsidRPr="00226FCC">
+                <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD6AF0F" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="2AD6AF0F" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="24C42EDC" w14:textId="77777777" w:rsidTr="00825B55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C99EC42" w14:textId="29C33D88" w:rsidR="009B6EEC" w:rsidRPr="00BB7CB1" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1809788B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="1809788B" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E623ACC" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="3E623ACC" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="597676D4" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="597676D4" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B9913D" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="30B9913D" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A058C0D" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="5A058C0D" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DAC616" w14:textId="55A35D8B" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="00BA785E" w:rsidP="009B6EEC">
+          <w:p w14:paraId="21DAC616" w14:textId="55A35D8B" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="-770396698"/>
                 <w:placeholder>
                   <w:docPart w:val="DFD390879A9A48DD947D7B2F891FF706"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009B6EEC" w:rsidRPr="00226FCC">
+                <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EDFB07" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="60EDFB07" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="6376F10E" w14:textId="77777777" w:rsidTr="00825B55">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1546764E" w14:textId="5B0B2DB3" w:rsidR="009B6EEC" w:rsidRPr="00BB7CB1" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3553A5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="4B3553A5" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D6BB74" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="57D6BB74" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E23B2A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="63E23B2A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="790494EB" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="790494EB" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD1F355" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="3FD1F355" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7470D65F" w14:textId="2D2FCF87" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="00BA785E" w:rsidP="009B6EEC">
+          <w:p w14:paraId="7470D65F" w14:textId="2D2FCF87" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="815301942"/>
                 <w:placeholder>
                   <w:docPart w:val="47A47683E72441CF9D756F990952BE9B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009B6EEC" w:rsidRPr="00226FCC">
+                <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCFA31" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="27DCFA31" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B6EEC" w:rsidRPr="00FE68A1" w14:paraId="1A20C600" w14:textId="77777777" w:rsidTr="00AB6E05">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650A9C52" w14:textId="1C86C3A0" w:rsidR="009B6EEC" w:rsidRPr="00BB7CB1" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="631BE7C1" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="631BE7C1" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="00034C1A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4096BB84" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="4096BB84" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71A4A013" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="71A4A013" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539DF309" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="539DF309" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D817D1A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="6D817D1A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA950AC" w14:textId="4D1E14C2" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="00BA785E" w:rsidP="009B6EEC">
+          <w:p w14:paraId="1BA950AC" w14:textId="4D1E14C2" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="123818435"/>
                 <w:placeholder>
                   <w:docPart w:val="F97780075C2E458C89FE6FE202BE0E2E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009B6EEC" w:rsidRPr="00226FCC">
+                <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="Times"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4988A4A2" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="00226FCC" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC"/>
+          <w:p w14:paraId="4988A4A2" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58883F2C" w14:textId="70DDB08B" w:rsidR="00634825" w:rsidRDefault="00634825" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1982"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1988"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00901EBA" w:rsidRPr="00BA785E" w14:paraId="583D7045" w14:textId="77777777" w:rsidTr="00901EBA">
+      <w:tr w:rsidR="00901EBA" w:rsidRPr="0021718D" w14:paraId="583D7045" w14:textId="77777777" w:rsidTr="00901EBA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EC9ABA" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00DB2497" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact person</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
-              <w:t>Animal facility</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Animal </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>facility</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="15B68360" w14:textId="1AF87BC2" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Will be filled in by the facility)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
@@ -5399,93 +5929,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66334726" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00901EBA" w:rsidRPr="00BA785E" w14:paraId="08FDC5D6" w14:textId="77777777" w:rsidTr="00901EBA">
+      <w:tr w:rsidR="00901EBA" w:rsidRPr="0021718D" w14:paraId="08FDC5D6" w14:textId="77777777" w:rsidTr="00901EBA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B07F11" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00DB2497" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact person </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
-              <w:t>Animal section</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Animal </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DB2497">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>section</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1C0213B5" w14:textId="130794DB" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Will be filled in by the facility)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
@@ -5598,74 +6135,73 @@
           <w:tcPr>
             <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5431790D" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6ADC3EB6" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="00D72A5A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5521"/>
         <w:gridCol w:w="184"/>
         <w:gridCol w:w="1595"/>
         <w:gridCol w:w="1595"/>
         <w:gridCol w:w="1595"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC17AD" w:rsidRPr="00863430" w14:paraId="4AAFB48E" w14:textId="77777777" w:rsidTr="00BC17AD">
+      <w:tr w:rsidR="00BC17AD" w:rsidRPr="0021718D" w14:paraId="4AAFB48E" w14:textId="77777777" w:rsidTr="00BC17AD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="119BC333" w14:textId="3BD46260" w:rsidR="00BC17AD" w:rsidRPr="002F0DC6" w:rsidRDefault="00BC17AD" w:rsidP="00BC17AD">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk57300224"/>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">After conclusion of the work protocol, please send original study dossier and raw data to the address below </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB2497">
@@ -5750,51 +6286,50 @@
       </w:tr>
       <w:tr w:rsidR="007D55AC" w:rsidRPr="00821E3F" w14:paraId="1E34640A" w14:textId="77777777" w:rsidTr="000E0439">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1121"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Naam"/>
               <w:id w:val="-1442445844"/>
               <w:placeholder>
                 <w:docPart w:val="555690D867C14729A76A767516061C10"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="32E89584" w14:textId="6782962A" w:rsidR="007D55AC" w:rsidRPr="002F0DC6" w:rsidRDefault="007D55AC" w:rsidP="0004601C">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD6EBC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click here to insert t</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>ext</w:t>
                 </w:r>
               </w:p>
@@ -5838,110 +6373,107 @@
           <w:p w14:paraId="401552FC" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval PI </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1115014879"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:alias w:val="Name PI"/>
               <w:tag w:val="Name"/>
               <w:id w:val="1369177865"/>
               <w:placeholder>
                 <w:docPart w:val="DF55623826BC4381BD5C9FEDF8BF6D18"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0D1D6B23" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Name</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="910361355"/>
               <w:placeholder>
                 <w:docPart w:val="C1B5C994E49348208D32F62CA7B07E28"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="171B559E" w14:textId="3CA3CC2C" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -5952,77 +6484,75 @@
           <w:p w14:paraId="0B6A65C6" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval SD </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="158741103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="201992004"/>
               <w:placeholder>
                 <w:docPart w:val="6B95F14EBCAD49599AD98C6547A8EC4D"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0EB039A3" w14:textId="0BCF229E" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -6033,77 +6563,75 @@
           <w:p w14:paraId="3960F1D4" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval ASD </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1519407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1309673856"/>
               <w:placeholder>
                 <w:docPart w:val="8948D7B33EEA4122B056ACAF070B1777"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="2946862E" w14:textId="572A1274" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="351C616F" w14:textId="77777777" w:rsidR="00DA678F" w:rsidRPr="00C775EA" w:rsidRDefault="00DA678F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
@@ -6292,51 +6820,79 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="08AF2EF8" w14:textId="0DC8CBA4" w:rsidR="00C50D62" w:rsidRPr="007770AD" w:rsidRDefault="00DC7E8F" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007770AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1a.</w:t>
       </w:r>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="007770AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Justify the reason for breeding. Include the project licence under which the animals will be used and the animal strain concerned </w:t>
+        <w:t xml:space="preserve">Justify the reason for breeding. Include the project </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under which the animals will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the animal strain concerned </w:t>
       </w:r>
       <w:r w:rsidR="00F65DE8" w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73196916" wp14:editId="3C92A824">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1889527079" name="Picture 1889527079">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="See policy on the purchase and breeding of laboratory animals Ch. 3.2.2 for the conditions for starting a breeding line if no approved project licence is available."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1889527079" name="Picture 1889527079">
                       <a:hlinkClick r:id="rId25" tooltip="See policy on the purchase and breeding of laboratory animals Ch. 3.2.2 for the conditions for starting a breeding line if no approved project licence is available."/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -6373,185 +6929,191 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C50D62" w:rsidRPr="00863430" w14:paraId="5A922517" w14:textId="77777777" w:rsidTr="00504730">
+      <w:tr w:rsidR="00C50D62" w:rsidRPr="0021718D" w14:paraId="5A922517" w14:textId="77777777" w:rsidTr="00504730">
         <w:trPr>
           <w:trHeight w:val="604"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43A98CFA" w14:textId="07E843B2" w:rsidR="00C50D62" w:rsidRPr="007770AD" w:rsidRDefault="00C50D62" w:rsidP="00505AD2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33A5CE21" w14:textId="62ABE2F0" w:rsidR="00C50D62" w:rsidRPr="00325F59" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
+    <w:p w14:paraId="33A5CE21" w14:textId="0C3AAB77" w:rsidR="00C50D62" w:rsidRPr="00325F59" w:rsidRDefault="008F62D8" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00325F59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00C50D62" w:rsidRPr="00325F59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidR="006B1C5A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003D226F" w:rsidRPr="003D226F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Provide a brief description of the breeding strategy until the desired/intended crossbreeding has been achieved</w:t>
       </w:r>
       <w:r w:rsidR="001139FE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00615390" w:rsidRPr="0021718D">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
       <w:r w:rsidR="00615390" w:rsidRPr="00E05F3E">
         <w:rPr>
           <w:color w:val="0076AA" w:themeColor="background2" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0021718D">
+        <w:rPr>
+          <w:color w:val="0076AA" w:themeColor="background2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lay Dutch</w:t>
       </w:r>
       <w:r w:rsidR="00615390" w:rsidRPr="00EF70E5">
         <w:rPr>
           <w:color w:val="0076AA" w:themeColor="background2" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">simple Dutch </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00325F59" w:rsidRPr="00325F59">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(See Appendix 1, Table – start conservation breeding)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10493" w:type="dxa"/>
         <w:tblInd w:w="-3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4497"/>
         <w:gridCol w:w="5996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C50D62" w:rsidRPr="00863430" w14:paraId="3C1B7E6C" w14:textId="77777777" w:rsidTr="00504730">
+      <w:tr w:rsidR="00C50D62" w:rsidRPr="0021718D" w14:paraId="3C1B7E6C" w14:textId="77777777" w:rsidTr="00504730">
         <w:trPr>
           <w:trHeight w:val="605"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42D58EE5" w14:textId="77777777" w:rsidR="00C50D62" w:rsidRDefault="00C50D62" w:rsidP="00505AD2">
+          <w:p w14:paraId="7AE19B9B" w14:textId="14EDF54D" w:rsidR="0075196B" w:rsidRPr="004F1177" w:rsidRDefault="0075196B" w:rsidP="00505AD2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7AE19B9B" w14:textId="14EDF54D" w:rsidR="0075196B" w:rsidRPr="004F1177" w:rsidRDefault="0075196B" w:rsidP="00505AD2">
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C50D62" w:rsidRPr="00863430" w14:paraId="07464F0B" w14:textId="77777777" w:rsidTr="00504730">
+      <w:tr w:rsidR="00C50D62" w:rsidRPr="0021718D" w14:paraId="07464F0B" w14:textId="77777777" w:rsidTr="00504730">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="68"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6570,111 +7132,107 @@
           <w:tcPr>
             <w:tcW w:w="5994" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4303E3C8" w14:textId="77777777" w:rsidR="00C50D62" w:rsidRPr="00325F59" w:rsidRDefault="00C50D62" w:rsidP="00DC122A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="36211236" w14:textId="32BB18E0" w:rsidR="000A43FD" w:rsidRPr="00937A7D" w:rsidRDefault="008F62D8" w:rsidP="00435B26">
+    <w:p w14:paraId="36211236" w14:textId="32BB18E0" w:rsidR="000A43FD" w:rsidRPr="005C1F0D" w:rsidRDefault="008F62D8" w:rsidP="005C1F0D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00937A7D">
+      <w:r w:rsidRPr="005C1F0D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A43FD" w:rsidRPr="00937A7D">
+      <w:r w:rsidR="000A43FD" w:rsidRPr="005C1F0D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000A43FD" w:rsidRPr="00937A7D">
+      <w:r w:rsidR="000A43FD" w:rsidRPr="005C1F0D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009F48C5" w:rsidRPr="009F48C5">
+      <w:r w:rsidR="009F48C5" w:rsidRPr="005C1F0D">
         <w:rPr>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Data of the strain</w:t>
       </w:r>
-      <w:r w:rsidR="00BE707E">
+      <w:r w:rsidR="00BE707E" w:rsidRPr="005C1F0D">
         <w:rPr>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:id w:val="-1016927979"/>
           <w:placeholder>
             <w:docPart w:val="B0FE10681B6C4EEDB330391AAB8884F6"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:displayText="Mouse" w:value="Mouse"/>
             <w:listItem w:displayText="Rat" w:value="Rat"/>
             <w:listItem w:displayText="Zebrafish" w:value="Zebrafish"/>
           </w:comboBox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005C1A12">
+          <w:r w:rsidR="005C1A12" w:rsidRPr="005C1F0D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
-              <w:color w:val="FF0000"/>
+              <w:color w:val="C00000"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2DC45F96" w14:textId="0245B1B5" w:rsidR="00D85ABD" w:rsidRPr="00937A7D" w:rsidRDefault="00937A7D" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00937A7D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2a.</w:t>
       </w:r>
       <w:r w:rsidR="008D364A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
@@ -6734,211 +7292,207 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetic modification:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7B37FD68" w14:textId="122EBF6B" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00BA785E" w:rsidP="004140C9">
+          <w:p w14:paraId="7B37FD68" w14:textId="122EBF6B" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="004140C9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="596831190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-440996923"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E018175" w14:textId="2BC719AC" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00BA785E" w:rsidP="004140C9">
+          <w:p w14:paraId="2E018175" w14:textId="2BC719AC" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="004140C9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="924307065"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1746303052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -6967,222 +7521,218 @@
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If mutant:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="59177777" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00E95704">
+          <w:p w14:paraId="59177777" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="785158339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetically modified</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51F72162" w14:textId="744EE6D8" w:rsidR="00E95704" w:rsidRDefault="00BA785E" w:rsidP="00E95704">
+          <w:p w14:paraId="51F72162" w14:textId="744EE6D8" w:rsidR="00E95704" w:rsidRDefault="00000000" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1517144132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spontaneous mutation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="11FAEBC6" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00E95704">
+          <w:p w14:paraId="11FAEBC6" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-416632755"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetically modified</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10C88971" w14:textId="6233D5C8" w:rsidR="00E95704" w:rsidRDefault="00BA785E" w:rsidP="00E95704">
+          <w:p w14:paraId="10C88971" w14:textId="6233D5C8" w:rsidR="00E95704" w:rsidRDefault="00000000" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-496415126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spontaneous mutation</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7226,345 +7776,348 @@
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70D8F31F" w14:textId="265FF5DE" w:rsidR="00C91EF3" w:rsidRPr="00930037" w:rsidRDefault="00930037" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930037">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>TG transgenic, KO knockout, KI knockin</w:t>
-            </w:r>
+              <w:t xml:space="preserve">TG transgenic, KO knockout, KI </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00930037">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>knockin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="29062824" w14:textId="4924F553" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00C91EF3">
+          <w:p w14:paraId="29062824" w14:textId="4924F553" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1203477506"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003A61E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1700283693"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="906966213"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E021B0" w14:textId="6C3EB3F5" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00C91EF3">
+          <w:p w14:paraId="21E021B0" w14:textId="6C3EB3F5" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1329515893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>different</w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="431BAEC5" w14:textId="77777777" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00C91EF3">
+          <w:p w14:paraId="431BAEC5" w14:textId="77777777" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="2031378800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1747909532"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="84508050"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76045DD7" w14:textId="180C8CA4" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00BA785E" w:rsidP="00C91EF3">
+          <w:p w14:paraId="76045DD7" w14:textId="180C8CA4" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1714572350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>different</w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
@@ -7890,189 +8443,179 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA0C14">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>KG/IG licence no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A686799" w14:textId="0D578743" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00BA785E" w:rsidP="00B871B4">
+          <w:p w14:paraId="0A686799" w14:textId="0D578743" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00000000" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="525538313"/>
                 <w:placeholder>
                   <w:docPart w:val="C9F76F9B230745408A077B5D93B4294F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00614A51" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="625B00BE" w14:textId="48699B88" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00BA785E" w:rsidP="00B871B4">
+          <w:p w14:paraId="625B00BE" w14:textId="48699B88" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00000000" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="276768146"/>
                 <w:placeholder>
                   <w:docPart w:val="B4C0DE9642084BBFA4664C7701556DBC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00614A51" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B871B4" w:rsidRPr="00D964EC" w14:paraId="791BD6B9" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48FB6C15" w14:textId="77777777" w:rsidR="007D2E8A" w:rsidRDefault="007D2E8A" w:rsidP="007D2E8A">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1D2D3BD8" w14:textId="07CF0423" w:rsidR="00B871B4" w:rsidRPr="008761D2" w:rsidRDefault="007D2E8A" w:rsidP="00221F45">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Classification </w:t>
             </w:r>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E3505" wp14:editId="0D2F1370">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E3505" wp14:editId="3FC7D793">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="34" name="Picture 34">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId26" tooltip="Classification according to Table 5, GMO legislation 2013"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34" name="Picture 34">
                             <a:hlinkClick r:id="rId26" tooltip="Classification according to Table 5, GMO legislation 2013"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8090,190 +8633,158 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D2D3BD8" w14:textId="34D420CF" w:rsidR="00B871B4" w:rsidRPr="008761D2" w:rsidRDefault="00B871B4" w:rsidP="008761D2">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5D903A" w14:textId="4ACF7697" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00BA785E" w:rsidP="00B871B4">
+          <w:p w14:paraId="6B5D903A" w14:textId="4ACF7697" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00000000" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:alias w:val="Classification"/>
                 <w:tag w:val="Classification"/>
                 <w:id w:val="142169700"/>
                 <w:placeholder>
                   <w:docPart w:val="B6FAD2711A1F4B3CA37A7AFCB18ED101"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="5.6.1.a (no hazardous gene product, no viral vector)" w:value="5.6.1.a (no hazardous gene product, no viral vector)"/>
                   <w:listItem w:displayText="5.6.2.a (modification by GMO virus class ML-I, no complementation)" w:value="5.6.2.a (modification by GMO virus class ML-I, no complementation)"/>
                   <w:listItem w:displayText="5.6.2.b (modification by GMO retrovirus/AdV)" w:value="5.6.2.b (modification by GMO retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00145D1F" w:rsidRPr="00145D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F72FB33" w14:textId="4EE81386" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00BA785E" w:rsidP="00B871B4">
+          <w:p w14:paraId="7F72FB33" w14:textId="4EE81386" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00000000" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
-                  <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:alias w:val="Classification"/>
                 <w:tag w:val="Classification"/>
                 <w:id w:val="1658728127"/>
                 <w:placeholder>
                   <w:docPart w:val="2FBC25F59877436EB2AFE8283CE24F8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="5.6.1.a (no hazardous gene product, no viral vector)" w:value="5.6.1.a (no hazardous gene product, no viral vector)"/>
                   <w:listItem w:displayText="5.6.2.a (modification by GMO virus class ML-I, no complementation)" w:value="5.6.2.a (modification by GMO virus class ML-I, no complementation)"/>
                   <w:listItem w:displayText="5.6.2.b (modification by GMO retrovirus/AdV)" w:value="5.6.2.b (modification by GMO retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr>
-[...3 lines deleted...]
-              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00145D1F" w:rsidRPr="00145D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B871B4" w:rsidRPr="001F758A" w14:paraId="5078F743" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
@@ -8299,137 +8810,125 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1250803122"/>
             <w:placeholder>
               <w:docPart w:val="1553935F29B243A482191C888D997F5B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3394" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="34F3CF6E" w14:textId="356D4B76" w:rsidR="00B871B4" w:rsidRPr="001F758A" w:rsidRDefault="00B871B4" w:rsidP="00B871B4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00915DA2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-109895631"/>
             <w:placeholder>
               <w:docPart w:val="CB4F6578E6CB487C8FDD5A9F8FC68855"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4042" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="0869734D" w14:textId="21943BC1" w:rsidR="00B871B4" w:rsidRPr="001F758A" w:rsidRDefault="00B871B4" w:rsidP="00B871B4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00915DA2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
-                    <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B871B4" w:rsidRPr="001F758A" w14:paraId="053724A5" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
@@ -8520,71 +9019,70 @@
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk51745058"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00B871B4" w:rsidRPr="009F2B93">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>omenclature</w:t>
             </w:r>
             <w:r w:rsidR="00B871B4" w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EAABFDF" wp14:editId="78A280AB">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EAABFDF" wp14:editId="3CDB2FDC">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="77924351" name="Picture 77924351">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId28" tooltip="Mouse"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="77924351" name="Picture 77924351">
                             <a:hlinkClick r:id="rId28" tooltip="Mouse"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8598,51 +9096,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19D89DFE" wp14:editId="4A214009">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19D89DFE" wp14:editId="0025953F">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1152259711" name="Picture 1152259711">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId29" tooltip="Rat"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1152259711" name="Picture 1152259711">
                             <a:hlinkClick r:id="rId29" tooltip="Rat"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8656,51 +9154,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A4C416" wp14:editId="0833E693">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A4C416" wp14:editId="41D0BE69">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710119860" name="Picture 710119860">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId30" tooltip="Zebrafish"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="710119860" name="Picture 710119860">
                             <a:hlinkClick r:id="rId30" tooltip="Zebrafish"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8772,51 +9270,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F2B93" w:rsidRPr="001F758A" w14:paraId="35F2AA5C" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25FE211C" w14:textId="674B358E" w:rsidR="009F2B93" w:rsidRPr="00CB4921" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2B93">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Common name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="2148F3E3" w14:textId="77777777" w:rsidR="009F2B93" w:rsidRPr="001F758A" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
@@ -8824,105 +9321,102 @@
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="06C1053D" w14:textId="77777777" w:rsidR="009F2B93" w:rsidRPr="001F758A" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F2B93" w:rsidRPr="00863430" w14:paraId="0C8D29EE" w14:textId="77777777" w:rsidTr="00F91893">
+      <w:tr w:rsidR="009F2B93" w:rsidRPr="0021718D" w14:paraId="0C8D29EE" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB7B105" w14:textId="77777777" w:rsidR="009F2B93" w:rsidRPr="005B6DE8" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Assigned strain name/code </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44E32F26" w14:textId="540EFBA2" w:rsidR="009F2B93" w:rsidRPr="00C52D82" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(filled in by the facility):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F6F0F3"/>
           </w:tcPr>
           <w:p w14:paraId="5A94A10A" w14:textId="7D21CE22" w:rsidR="009F2B93" w:rsidRPr="00C52D82" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -8931,132 +9425,126 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F6F0F3"/>
           </w:tcPr>
           <w:p w14:paraId="12F2ED7A" w14:textId="2559B281" w:rsidR="009F2B93" w:rsidRPr="00C52D82" w:rsidRDefault="009F2B93" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A6083" w:rsidRPr="00863430" w14:paraId="122CC268" w14:textId="77777777" w:rsidTr="005935F9">
+      <w:tr w:rsidR="002A6083" w:rsidRPr="0021718D" w14:paraId="122CC268" w14:textId="77777777" w:rsidTr="005935F9">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73A9D83B" w14:textId="77777777" w:rsidR="002A6083" w:rsidRDefault="002A6083" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4A55">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Assigned </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>strain</w:t>
             </w:r>
             <w:r w:rsidRPr="001E4A55">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> name of offspring, if it is an incrossing of 2 GG lines. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="180888E3" w14:textId="3050A73C" w:rsidR="002A6083" w:rsidRPr="005B6DE8" w:rsidRDefault="002A6083" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(filled in by the facility):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7436" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F6F0F3"/>
           </w:tcPr>
           <w:p w14:paraId="1011B3D6" w14:textId="77777777" w:rsidR="002A6083" w:rsidRPr="00C52D82" w:rsidRDefault="002A6083" w:rsidP="009F2B93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
@@ -9110,293 +9598,355 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="65154B19" w14:textId="6BE947F9" w:rsidR="00205AC7" w:rsidRPr="001F758A" w:rsidRDefault="00205AC7" w:rsidP="007B0C0A">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Are offspring available elsewhere?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="19BE10C1" w14:textId="77777777" w:rsidR="00205AC7" w:rsidRPr="009F586E" w:rsidRDefault="00BA785E" w:rsidP="007B0C0A">
+          <w:p w14:paraId="19BE10C1" w14:textId="77777777" w:rsidR="00205AC7" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="007B0C0A">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="127830545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00205AC7">
+                <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00205AC7">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="247940140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00205AC7">
+                <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00205AC7" w:rsidRPr="009F586E">
-[...3 lines deleted...]
-              <w:t>Yes, Where?</w:t>
+            <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Where</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5593" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEEECBF" w14:textId="3DC3C089" w:rsidR="00205AC7" w:rsidRPr="009F586E" w:rsidRDefault="00205AC7" w:rsidP="007B0C0A">
+          <w:p w14:paraId="7CEEECBF" w14:textId="3DC3C089" w:rsidR="00205AC7" w:rsidRPr="0066193C" w:rsidRDefault="00205AC7" w:rsidP="007B0C0A">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F586E" w:rsidRPr="00863430" w14:paraId="580C9940" w14:textId="77777777" w:rsidTr="00280E8F">
+      <w:tr w:rsidR="009F586E" w:rsidRPr="0021718D" w14:paraId="580C9940" w14:textId="77777777" w:rsidTr="00280E8F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7BEAEBA6" w14:textId="358349B6" w:rsidR="009F586E" w:rsidRPr="006465CA" w:rsidRDefault="006465CA" w:rsidP="003A5A33">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006465CA">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If offspring are available elsewhere: justify why animals should be bred internally and when they should be purchased elsewhere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7428" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5F4AD1" w14:textId="5DFF8A3E" w:rsidR="009F586E" w:rsidRPr="006465CA" w:rsidRDefault="009F586E" w:rsidP="003A5A33">
+          <w:p w14:paraId="7E5F4AD1" w14:textId="5DFF8A3E" w:rsidR="009F586E" w:rsidRPr="0066193C" w:rsidRDefault="009F586E" w:rsidP="003A5A33">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000941F0" w:rsidRPr="00D964EC" w14:paraId="2DF17051" w14:textId="77777777" w:rsidTr="000941F0">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="70CF57F4" w14:textId="66958755" w:rsidR="000941F0" w:rsidRPr="00345937" w:rsidRDefault="000941F0" w:rsidP="000941F0">
+          <w:p w14:paraId="70CF57F4" w14:textId="11259E4A" w:rsidR="000941F0" w:rsidRPr="00345937" w:rsidRDefault="000941F0" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Is a backup available?</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D6AEA86" w14:textId="7F29D2BF" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+              <w:t>Is a back</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B6DE8">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>up available?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6AEA86" w14:textId="7F29D2BF" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2056996821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000941F0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="720633013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000941F0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes, in which form?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76600B68" w14:textId="797ABBF1" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="000941F0" w:rsidP="000941F0">
+          <w:p w14:paraId="76600B68" w14:textId="6B363ED2" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="000941F0" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(Backup is mandatory at the start of breeding)</w:t>
+              <w:t>(Back</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F0408">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>up is mandatory at the start of breeding)</w:t>
             </w:r>
             <w:r w:rsidRPr="00967758">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79EFC9D9" wp14:editId="1C3A9B9B">
                   <wp:extent cx="81280" cy="81280"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Picture 2">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -9426,689 +9976,738 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="81280" cy="81280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF78FD6" w14:textId="1C17A63D" w:rsidR="000941F0" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="7F626D57" w14:textId="17F25E88" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="0066193C">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1548059827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B10C0F">
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B10C0F" w:rsidRPr="00B10C0F">
-[...15 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>cryopreservation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>semen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4034" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7655DE81" w14:textId="6CACACE1" w:rsidR="000941F0" w:rsidRPr="00346894" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="7655DE81" w14:textId="6CACACE1" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1872332709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0" w:rsidRPr="00346894">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000941F0" w:rsidRPr="00346894">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="518596347"/>
                 <w:placeholder>
                   <w:docPart w:val="B72286D5AF0846CFAAC52BB3882F1D00"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A8539D" w:rsidRPr="00346894">
+                <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000941F0" w:rsidRPr="00346894">
-              <w:rPr>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F68AE3F" w14:textId="66B2661A" w:rsidR="000941F0" w:rsidRPr="00025E7B" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="3F68AE3F" w14:textId="66B2661A" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1374341388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0" w:rsidRPr="00346894">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000941F0" w:rsidRPr="00346894">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00346894" w:rsidRPr="00346894">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00346894" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Own management - How </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">? </w:t>
+              <w:t xml:space="preserve">Own management - How many? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="984438026"/>
                 <w:placeholder>
                   <w:docPart w:val="62C1B88288574D0CBCBABE710EB22DFB"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:id w:val="2009556571"/>
                     <w:placeholder>
                       <w:docPart w:val="45E0C476DB52447DA10218078D930C31"/>
                     </w:placeholder>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="00A8539D" w:rsidRPr="00346894">
+                    <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
-                        <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="18"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Fill in</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000941F0" w:rsidRPr="00D964EC" w14:paraId="62C12219" w14:textId="77777777" w:rsidTr="00241196">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="35B56F6E" w14:textId="77777777" w:rsidR="000941F0" w:rsidRPr="005B6DE8" w:rsidRDefault="000941F0" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0C809360" w14:textId="7CC7D403" w:rsidR="000941F0" w:rsidRPr="00FD0D8A" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="0C809360" w14:textId="7CC7D403" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-370763554"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B10C0F">
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B10C0F" w:rsidRPr="00B10C0F">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>cryopreservation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>embryos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4034" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="47DECC53" w14:textId="42A8E9D0" w:rsidR="000941F0" w:rsidRPr="00472752" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="47DECC53" w14:textId="42A8E9D0" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2113466902"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0" w:rsidRPr="00472752">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000941F0" w:rsidRPr="00472752">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1477438859"/>
                 <w:placeholder>
                   <w:docPart w:val="AE73E7B5E6C141E495B6D0D80EAF4D71"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A8539D" w:rsidRPr="00472752">
+                <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3BA27722" w14:textId="70CEB8B3" w:rsidR="000941F0" w:rsidRPr="00025E7B" w:rsidRDefault="00BA785E" w:rsidP="000941F0">
+          <w:p w14:paraId="3BA27722" w14:textId="70CEB8B3" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1278708789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000941F0" w:rsidRPr="00472752">
+                <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000941F0" w:rsidRPr="00472752">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00346894" w:rsidRPr="00346894">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00346894" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Own management - How </w:t>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>Own management - How many</w:t>
+            </w:r>
+            <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2085981500"/>
                 <w:placeholder>
                   <w:docPart w:val="A8744477174E48F7BD6D7316A0AFF322"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A8539D" w:rsidRPr="00472752">
+                <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57F7D" w:rsidRPr="00863430" w14:paraId="6D1CE231" w14:textId="77777777" w:rsidTr="00280E8F">
+      <w:tr w:rsidR="00D57F7D" w:rsidRPr="0021718D" w14:paraId="6D1CE231" w14:textId="77777777" w:rsidTr="00280E8F">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3F299C62" w14:textId="77777777" w:rsidR="004F5699" w:rsidRPr="005B6DE8" w:rsidRDefault="004F5699" w:rsidP="004F5699">
+          <w:p w14:paraId="3F299C62" w14:textId="1B14DDA3" w:rsidR="004F5699" w:rsidRPr="005B6DE8" w:rsidRDefault="004F5699" w:rsidP="004F5699">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>If the answer is no, please indicate how and within what period a backup will be provided:</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="005B6DE8">
+              <w:t>If the answer is no, please indicate how and within what period a back</w:t>
+            </w:r>
+            <w:r w:rsidR="005B00F6">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B6DE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>up will be provided:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A9DA888" w14:textId="6D882D2C" w:rsidR="00830529" w:rsidRPr="004F5699" w:rsidRDefault="004F5699" w:rsidP="003A5A33">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:line="228" w:lineRule="auto"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B6DE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>(a term of up to 6 months).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7428" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="261ACC50" w14:textId="0077C998" w:rsidR="00517C9A" w:rsidRPr="004F5699" w:rsidRDefault="00517C9A" w:rsidP="003A5A33">
+          <w:p w14:paraId="261ACC50" w14:textId="0077C998" w:rsidR="00517C9A" w:rsidRPr="0066193C" w:rsidRDefault="00517C9A" w:rsidP="003A5A33">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="109991B8" w14:textId="77777777" w:rsidR="0075196B" w:rsidRDefault="0075196B" w:rsidP="00C3078F">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A038ADF" w14:textId="77777777" w:rsidR="0075196B" w:rsidRDefault="0075196B">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109E9F56" w14:textId="58D880C8" w:rsidR="00925351" w:rsidRPr="00C46568" w:rsidRDefault="00925351" w:rsidP="00925351">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="53AFA1DF" w14:textId="77777777" w:rsidR="005B00F6" w:rsidRPr="0021718D" w:rsidRDefault="00925351" w:rsidP="005B00F6">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C46568">
+      <w:r w:rsidRPr="0021718D">
         <w:rPr>
-          <w:rStyle w:val="Heading6Char"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2b. </w:t>
       </w:r>
-      <w:r w:rsidR="00B765D8" w:rsidRPr="00B765D8">
+      <w:r w:rsidR="00B765D8" w:rsidRPr="0021718D">
         <w:rPr>
-          <w:rStyle w:val="Heading6Char"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Genetic stability</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C46568">
+    </w:p>
+    <w:p w14:paraId="109E9F56" w14:textId="14A9DDD3" w:rsidR="00925351" w:rsidRPr="005B00F6" w:rsidRDefault="00C46568" w:rsidP="005B00F6">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="200" w:lineRule="exact"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C46568" w:rsidRPr="00C46568">
+      </w:pPr>
+      <w:r w:rsidRPr="00C46568">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Genetic stability is important to ensure the continuity and reproducibility of the research. Each new generation brings minor mutations. In addition to observing the precautions described in </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidR="00C46568" w:rsidRPr="00F10763">
+        <w:r w:rsidRPr="00F10763">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Chapter 5 of the </w:t>
         </w:r>
         <w:r w:rsidR="00F10763" w:rsidRPr="00F10763">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>implementation guide</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C46568" w:rsidRPr="00C46568">
+      <w:r w:rsidRPr="00C46568">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to prevent genetic drift, it is necessary to refresh the line every 7 generations (at least every 10 generations).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -10126,72 +10725,71 @@
           </w:tcPr>
           <w:p w14:paraId="3053657C" w14:textId="5AAE45CC" w:rsidR="00925351" w:rsidRPr="00B765D8" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B765D8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>From which generation onwards will the line be renewed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A690537" w14:textId="0253AF1B" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="0A690537" w14:textId="0253AF1B" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="314852356"/>
                 <w:placeholder>
                   <w:docPart w:val="1F78985B650647DE8876A5A5B9002BDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="F7" w:value="F7"/>
                   <w:listItem w:displayText="F8" w:value="F8"/>
                   <w:listItem w:displayText="F9" w:value="F9"/>
                   <w:listItem w:displayText="F10" w:value="F10"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C05FEA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925351" w:rsidRPr="00B25A12" w14:paraId="6A330C9A" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E5AEC06" w14:textId="0765F468" w:rsidR="00925351" w:rsidRPr="00B765D8" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -10209,161 +10807,165 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>line</w:t>
             </w:r>
             <w:r w:rsidRPr="00B765D8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="011DAAEE" w14:textId="605ED80E" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="011DAAEE" w14:textId="605ED80E" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1038945008"/>
                 <w:placeholder>
                   <w:docPart w:val="75B426DC1D9F483586EC399016DC9FDD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Repurchases (Alive)" w:value="Repurchases (Alive)"/>
                   <w:listItem w:displayText="Repurchases (Cryo)" w:value="Repurchases (Cryo)"/>
                   <w:listItem w:displayText="Backcross" w:value="Backcross"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C05FEA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00925351" w:rsidRPr="00863430" w14:paraId="1BBF5331" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="00925351" w:rsidRPr="0021718D" w14:paraId="1BBF5331" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43776D3A" w14:textId="0024A466" w:rsidR="00925351" w:rsidRPr="008F124F" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
-            <w:pPr>
+          <w:p w14:paraId="43776D3A" w14:textId="6ED99D89" w:rsidR="00925351" w:rsidRPr="00B73AB1" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F124F">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008F124F">
+              <w:t>If</w:t>
+            </w:r>
+            <w:r w:rsidR="00925351" w:rsidRPr="008F124F">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>If</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00925351" w:rsidRPr="008F124F">
+              <w:t xml:space="preserve"> back</w:t>
+            </w:r>
+            <w:r w:rsidR="00B73AB1">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> backcross: </w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00925351" w:rsidRPr="008F124F">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cross: </w:t>
             </w:r>
             <w:r w:rsidR="008F124F" w:rsidRPr="008F124F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explain why you want to reintroduce it </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00852F69">
+              <w:t xml:space="preserve">Explain why you want to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B73AB1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>in own management</w:t>
-[...7 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>back-cross the line in-house.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="57A623FC" w14:textId="77777777" w:rsidR="00925351" w:rsidRPr="008F124F" w:rsidRDefault="00925351" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00925351" w:rsidRPr="00863430" w14:paraId="57AB364A" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="00925351" w:rsidRPr="0021718D" w14:paraId="57AB364A" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15E72DB5" w14:textId="560D27F0" w:rsidR="00925351" w:rsidRPr="00852F69" w:rsidRDefault="00852F69" w:rsidP="007457E2">
+          <w:p w14:paraId="15E72DB5" w14:textId="436F0661" w:rsidR="00925351" w:rsidRPr="00852F69" w:rsidRDefault="00852F69" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852F69">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>strain</w:t>
@@ -10389,97 +10991,106 @@
             <w:r w:rsidRPr="00852F69">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>strain</w:t>
             </w:r>
             <w:r w:rsidRPr="00852F69">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Which </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00B73AB1">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>strain</w:t>
+              <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="00852F69">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:t xml:space="preserve">hich </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>strain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00852F69">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="60D1475A" w14:textId="77777777" w:rsidR="00925351" w:rsidRPr="00852F69" w:rsidRDefault="00925351" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D3546AE" w14:textId="77777777" w:rsidR="002C5C20" w:rsidRPr="00852F69" w:rsidRDefault="002C5C20" w:rsidP="00BF1BE4">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="70524B88" w14:textId="373A9364" w:rsidR="00472752" w:rsidRPr="00472752" w:rsidRDefault="0003490A" w:rsidP="00472752">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003490A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002C5C20">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="0003490A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -10562,138 +11173,136 @@
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Does the strain show special/external characteristics?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DFAE185" w14:textId="4F3B9D5E" w:rsidR="002C77EC" w:rsidRPr="00326ADD" w:rsidRDefault="00BA785E" w:rsidP="002C77EC">
+          <w:p w14:paraId="3DFAE185" w14:textId="4F3B9D5E" w:rsidR="002C77EC" w:rsidRPr="00326ADD" w:rsidRDefault="00000000" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1232233452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C77EC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-75209559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C77EC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C77EC" w:rsidRPr="00863430" w14:paraId="554C808C" w14:textId="77777777" w:rsidTr="00A949B0">
+      <w:tr w:rsidR="002C77EC" w:rsidRPr="0021718D" w14:paraId="554C808C" w14:textId="77777777" w:rsidTr="00A949B0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1694F520" w14:textId="77777777" w:rsidR="002C77EC" w:rsidRPr="003F5B7E" w:rsidRDefault="00374E87" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:bCs/>
@@ -10736,56 +11345,56 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(refer to reference)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0DCBB4" w14:textId="77777777" w:rsidR="002C77EC" w:rsidRPr="00326ADD" w:rsidRDefault="002C77EC" w:rsidP="002C77EC">
+          <w:p w14:paraId="3D0DCBB4" w14:textId="77777777" w:rsidR="002C77EC" w:rsidRPr="00034C1A" w:rsidRDefault="002C77EC" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C77EC" w:rsidRPr="00D964EC" w14:paraId="0E333C84" w14:textId="77777777" w:rsidTr="00A949B0">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
@@ -10801,154 +11410,160 @@
             <w:r w:rsidRPr="00C26327">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Is the strain immunocompetent?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ABF3E1A" w14:textId="2DA3028B" w:rsidR="002C77EC" w:rsidRPr="00D964EC" w:rsidRDefault="00BA785E" w:rsidP="002C77EC">
+          <w:p w14:paraId="3ABF3E1A" w14:textId="2DA3028B" w:rsidR="002C77EC" w:rsidRPr="00D964EC" w:rsidRDefault="00000000" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2105530345"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E46D42">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1707448847"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1742558308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Unknown</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Unknown</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="57F93356" w14:textId="52ACAF29" w:rsidR="00B46047" w:rsidRPr="00B46047" w:rsidRDefault="00B46047" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26327" w:rsidRPr="00826201" w14:paraId="54F91BAA" w14:textId="77777777" w:rsidTr="00A949B0">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -11167,51 +11782,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1865"/>
         <w:gridCol w:w="1866"/>
         <w:gridCol w:w="6759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B4E8C" w:rsidRPr="00863430" w14:paraId="34E2DB5C" w14:textId="77777777" w:rsidTr="006E4147">
+      <w:tr w:rsidR="006B4E8C" w:rsidRPr="0021718D" w14:paraId="34E2DB5C" w14:textId="77777777" w:rsidTr="006E4147">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1865" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55C8F52C" w14:textId="4377AEBC" w:rsidR="006B4E8C" w:rsidRPr="001F758A" w:rsidRDefault="00815223" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00815223">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Breeding with discomfort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11219,298 +11834,294 @@
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E8750D" w14:textId="668A64A5" w:rsidR="006B4E8C" w:rsidRPr="001F758A" w:rsidRDefault="006B4E8C" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Homozygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2341F864" w14:textId="3E6D5B3E" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00BA785E" w:rsidP="006B4E8C">
+          <w:p w14:paraId="2341F864" w14:textId="3E6D5B3E" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00000000" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-530956054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00546F9C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="747462872"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00546F9C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If yes, fill in table 5b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B4E8C" w:rsidRPr="00863430" w14:paraId="7E9EA2EC" w14:textId="77777777" w:rsidTr="006E4147">
+      <w:tr w:rsidR="006B4E8C" w:rsidRPr="0021718D" w14:paraId="7E9EA2EC" w14:textId="77777777" w:rsidTr="006E4147">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1865" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="012EC45E" w14:textId="77777777" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="006B4E8C" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E0639C0" w14:textId="5A8C4DD6" w:rsidR="006B4E8C" w:rsidRPr="001F758A" w:rsidRDefault="006B4E8C" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Heterozygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4BD7B2" w14:textId="4A1253BF" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00BA785E" w:rsidP="006B4E8C">
+          <w:p w14:paraId="3E4BD7B2" w14:textId="4A1253BF" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00000000" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2143485275"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-988779267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>If yes, fill in table 5b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00930037" w:rsidRPr="00863430" w14:paraId="609B517D" w14:textId="77777777" w:rsidTr="006E4147">
+      <w:tr w:rsidR="00930037" w:rsidRPr="0021718D" w14:paraId="609B517D" w14:textId="77777777" w:rsidTr="006E4147">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1865" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="094BAB5D" w14:textId="77777777" w:rsidR="00930037" w:rsidRPr="00737FB2" w:rsidRDefault="00930037" w:rsidP="00930037">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36F9B958" w14:textId="6B06E0B0" w:rsidR="00930037" w:rsidRPr="005B6DE8" w:rsidRDefault="00930037" w:rsidP="00930037">
             <w:pPr>
               <w:rPr>
@@ -11528,103 +12139,101 @@
               <w:t>He</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>mi</w:t>
             </w:r>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>zygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="25484567" w14:textId="4DC04830" w:rsidR="00930037" w:rsidRDefault="00BA785E" w:rsidP="00930037">
+          <w:p w14:paraId="25484567" w14:textId="4DC04830" w:rsidR="00930037" w:rsidRDefault="00000000" w:rsidP="00930037">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="549734190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-198246644"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -11899,311 +12508,335 @@
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DE35CAE" w14:textId="67D7CCA7" w:rsidR="003D4C41" w:rsidRPr="001F758A" w:rsidRDefault="003D4C41" w:rsidP="003D4C41">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Restriction level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F867FC" w:rsidRPr="001F758A" w14:paraId="57C4ADAF" w14:textId="77777777" w:rsidTr="006D05A1">
+      <w:tr w:rsidR="00F867FC" w:rsidRPr="005B00F6" w14:paraId="57C4ADAF" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F9D60C9" w14:textId="1C85577A" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="00D63B0A">
+          <w:p w14:paraId="2F9D60C9" w14:textId="1C85577A" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="-2140179523"/>
                 <w:placeholder>
                   <w:docPart w:val="B270439F84644240BE9DA37E5F08D927"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Filtertop cage" w:value="Filtertop cage"/>
                   <w:listItem w:displayText="Isocage" w:value="Isocage"/>
                   <w:listItem w:displayText="IVC" w:value="IVC"/>
                   <w:listItem w:displayText="Open cage" w:value="Open cage"/>
                   <w:listItem w:displayText="Aquaria" w:value="Aquaria"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003039E7">
+                <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4396BD6F" w14:textId="733BB786" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="00D63B0A">
+          <w:p w14:paraId="4396BD6F" w14:textId="733BB786" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="1666745675"/>
                 <w:placeholder>
                   <w:docPart w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Sterile" w:value="Sterile"/>
                   <w:listItem w:displayText="Non-sterile" w:value="Non-sterile"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003039E7">
+                <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08EE30EE" w14:textId="4FB75CCC" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="00D63B0A">
+          <w:p w14:paraId="08EE30EE" w14:textId="4FB75CCC" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
                 <w:id w:val="-614602052"/>
                 <w:placeholder>
                   <w:docPart w:val="96B9806F951F405AAD4522C36FC2F177"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Sterile" w:value="Sterile"/>
                   <w:listItem w:displayText="Non-sterile" w:value="Non-sterile"/>
                   <w:listItem w:displayText="N/A - Fish" w:value="N/A - Fish"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003039E7">
+                <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34D7D9A0" w14:textId="565357F1" w:rsidR="00F867FC" w:rsidRPr="001F758A" w:rsidRDefault="00BA785E" w:rsidP="00D63B0A">
+          <w:p w14:paraId="34D7D9A0" w14:textId="565357F1" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
+              <w:rPr>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="FF0000"/>
+                  <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Containment"/>
                 <w:tag w:val="Containment"/>
                 <w:id w:val="-1748643678"/>
                 <w:placeholder>
                   <w:docPart w:val="8049E0B7A3F140FBA1DD0B321BFBCE66"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="D-I" w:value="D-I"/>
                   <w:listItem w:displayText="DM-I" w:value="DM-I"/>
                   <w:listItem w:displayText="DM-I for 1 week, then D-I (AAV)" w:value="DM-I for 1 week, then D-I (AAV)"/>
                   <w:listItem w:displayText="DM-I for 2 weeks, then D-I (Lenti)" w:value="DM-I for 2 weeks, then D-I (Lenti)"/>
                   <w:listItem w:displayText="DM-II" w:value="DM-II"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D719A1" w:rsidRPr="00D719A1">
+                <w:r w:rsidR="00D719A1" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
+                    <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00566EE7" w:rsidRPr="00863430" w14:paraId="3A960ACE" w14:textId="77777777" w:rsidTr="006D05A1">
+      <w:tr w:rsidR="00566EE7" w:rsidRPr="0021718D" w14:paraId="3A960ACE" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4BB7ED7E" w14:textId="42D63F9F" w:rsidR="00566EE7" w:rsidRPr="005B6165" w:rsidRDefault="003A5A33" w:rsidP="00EA0409">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="113" w:hanging="113"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6165">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="005B6165">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005B6165" w:rsidRPr="005B6165">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If other options in addition to the choice made apply, please indicate here:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7867" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A1ECC71" w14:textId="6833D92F" w:rsidR="00566EE7" w:rsidRPr="005B6165" w:rsidRDefault="00566EE7" w:rsidP="00F6768C">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="721DCFA0" w14:textId="4C74C723" w:rsidR="00DA7ADF" w:rsidRPr="00B53691" w:rsidRDefault="00DA7ADF" w:rsidP="00B53691">
+    <w:p w14:paraId="721DCFA0" w14:textId="0B155D2D" w:rsidR="00DA7ADF" w:rsidRPr="00B53691" w:rsidRDefault="00DA7ADF" w:rsidP="00B53691">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53691">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.   </w:t>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B00F6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00F1116D" w:rsidRPr="00F1116D">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Genotyping applicable? </w:t>
       </w:r>
       <w:r w:rsidR="00B53691">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>please fill in below</w:t>
       </w:r>
       <w:r w:rsidR="00910500">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00910500" w:rsidRPr="00910500">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
@@ -12213,51 +12846,51 @@
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="7796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E54B5" w:rsidRPr="00863430" w14:paraId="775D13A4" w14:textId="01ECB9FB" w:rsidTr="004E6237">
+      <w:tr w:rsidR="000E54B5" w:rsidRPr="0021718D" w14:paraId="775D13A4" w14:textId="01ECB9FB" w:rsidTr="004E6237">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="000FCA94" w14:textId="31DCC2C2" w:rsidR="000E54B5" w:rsidRPr="00BF603B" w:rsidRDefault="00F53F07" w:rsidP="00E907FA">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF603B">
               <w:rPr>
                 <w:b/>
@@ -12350,390 +12983,449 @@
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43485AE2" w14:textId="44DF5025" w:rsidR="00E31718" w:rsidRPr="00BF603B" w:rsidRDefault="00E31718" w:rsidP="00E31718">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E31718">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Method of </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008D3AF1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>enotyping</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349A1437" w14:textId="7292F74E" w:rsidR="00E31718" w:rsidRPr="002C1900" w:rsidRDefault="00BA785E" w:rsidP="00E31718">
+          <w:p w14:paraId="349A1437" w14:textId="7292F74E" w:rsidR="00E31718" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="00E31718">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-638342177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-invasive using a lamp  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="49D357CF" w14:textId="73836E33" w:rsidR="00E31718" w:rsidRPr="00E31718" w:rsidRDefault="00BA785E" w:rsidP="00E31718">
+              <w:t>Non-invasive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a lamp  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D357CF" w14:textId="73836E33" w:rsidR="00E31718" w:rsidRPr="00E31718" w:rsidRDefault="00000000" w:rsidP="00E31718">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2142104321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Invasive via DNA sample</w:t>
+              <w:t>Invasive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> via DNA sample</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E54B5" w:rsidRPr="00DE306E" w14:paraId="46967034" w14:textId="77777777" w:rsidTr="000E54B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="551"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55A1B10F" w14:textId="3DFC05EB" w:rsidR="002B0D2F" w:rsidRPr="00DE306E" w:rsidRDefault="00BF603B" w:rsidP="004E6237">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE306E">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Method of delivering DNA material</w:t>
             </w:r>
             <w:r w:rsidR="000E54B5" w:rsidRPr="00DE306E">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If choice ‘blood’, </w:t>
             </w:r>
             <w:r w:rsidR="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>remember to</w:t>
             </w:r>
             <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> registering blood collection</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A16CCA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>/vinclip</w:t>
-            </w:r>
+              <w:t>registering</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blood collection</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16CCA">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/vinclip</w:t>
+            </w:r>
+            <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> as an animal experiment (permit requirement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3712662D" w14:textId="103440BB" w:rsidR="000E54B5" w:rsidRPr="00DE306E" w:rsidRDefault="00BA785E" w:rsidP="00611236">
+          <w:p w14:paraId="3712662D" w14:textId="103440BB" w:rsidR="000E54B5" w:rsidRPr="00DE306E" w:rsidRDefault="00000000" w:rsidP="00611236">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:id w:val="862637353"/>
                 <w:placeholder>
                   <w:docPart w:val="3479D98949F14544BB1CC4EE586E8993"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Ear clip" w:value="Ear clip"/>
                   <w:listItem w:displayText="Blood" w:value="Blood"/>
                   <w:listItem w:displayText="Vinclip" w:value="Vinclip"/>
                   <w:listItem w:displayText="Other, namely" w:value="Other, namely"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BF603B" w:rsidRPr="00DE306E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4B60" w:rsidRPr="00863430" w14:paraId="07B4E9AC" w14:textId="211E3219" w:rsidTr="000E54B5">
+      <w:tr w:rsidR="00FA4B60" w:rsidRPr="0021718D" w14:paraId="07B4E9AC" w14:textId="211E3219" w:rsidTr="000E54B5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11BCD324" w14:textId="2B62A37D" w:rsidR="00FA4B60" w:rsidRPr="00C06A64" w:rsidRDefault="00C06A64" w:rsidP="004E6237">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06A64">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If choice </w:t>
             </w:r>
             <w:r w:rsidR="00DD4122">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">‘blood’, </w:t>
             </w:r>
             <w:r w:rsidR="00133DA2">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00DD4122">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>inclip’ or</w:t>
+              <w:t xml:space="preserve">inclip’ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DD4122">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00C06A64">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>'otherwise' explain here:</w:t>
+              <w:t>'otherwise</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C06A64">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>' explain here:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="1FC946FC" w14:textId="461830D9" w:rsidR="00FA4B60" w:rsidRPr="00DA470F" w:rsidRDefault="00FA4B60" w:rsidP="00781B62">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77819525" w14:textId="689AEA2C" w:rsidR="00907494" w:rsidRPr="00713D85" w:rsidRDefault="008F62D8" w:rsidP="00D63B0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepLines/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713D85">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00EA2539" w:rsidRPr="00713D85">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA2539" w:rsidRPr="00713D85">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00713D85" w:rsidRPr="00713D85">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Welfare check and humane end point</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE3E86A" w14:textId="77777777" w:rsidR="00A019A9" w:rsidRPr="00C775EA" w:rsidRDefault="008F62D8" w:rsidP="00A019A9">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
@@ -12913,52 +13605,60 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F239DD" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidR="002327A7" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D1066" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Additional welfare checks within the scope of possible specific clinical symptoms</w:t>
+        <w:t xml:space="preserve">Additional welfare checks within the scope of possible specific clinical </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D1066" w:rsidRPr="004D1066">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>symptoms</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="51735FB6" w14:textId="77777777" w:rsidR="00315EEB" w:rsidRPr="005B6DE8" w:rsidRDefault="00315EEB" w:rsidP="00315EEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="200" w:lineRule="exact"/>
         <w:ind w:left="454" w:hanging="170"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6DE8">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>At what time-points the animals need to be assessed. Describe the specific clinical symptoms and when during the breeding these are expected</w:t>
       </w:r>
@@ -13284,51 +13984,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2ABA4B90" w14:textId="29AA13B4" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1978792907"/>
             <w:placeholder>
               <w:docPart w:val="C7033126316B4197995FE364D2563ECD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="47F1909B" w14:textId="320C416C" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13404,51 +14103,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="715E0EE6" w14:textId="41840E6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="51964260"/>
             <w:placeholder>
               <w:docPart w:val="37A93D3CD36A41489A130D09DE8D90CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="406E90FB" w14:textId="0388A2EE" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13524,51 +14222,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52CDE70F" w14:textId="440C7255" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-93480325"/>
             <w:placeholder>
               <w:docPart w:val="D5D1AB7F0D684087A689066F0DB280DF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="40261466" w14:textId="5D307194" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13644,51 +14341,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="618E77D0" w14:textId="0B5B171A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1392465318"/>
             <w:placeholder>
               <w:docPart w:val="4C2718AF6CE84DA2AE909CC6E927161B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="31974F63" w14:textId="0274A89E" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13764,51 +14460,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3DC15D" w14:textId="3CB16A40" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-463115315"/>
             <w:placeholder>
               <w:docPart w:val="8A22C06E98D142A08F329840C27D13A1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="253004F9" w14:textId="74341B7B" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -13867,51 +14562,51 @@
       </w:pPr>
       <w:r w:rsidRPr="004F1177">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>When a humane end point (HEP) is applied, the breeding is prematurely terminated for an individual animal or a group (i.e. before the planned end of the breeding). The goal of the HEP is to prevent avoidable discomfort.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00760DFB" w:rsidRPr="00863430" w14:paraId="30F7910C" w14:textId="77777777" w:rsidTr="00F43B75">
+      <w:tr w:rsidR="00760DFB" w:rsidRPr="0021718D" w14:paraId="30F7910C" w14:textId="77777777" w:rsidTr="00F43B75">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="761F7C7C" w14:textId="66C91093" w:rsidR="00760DFB" w:rsidRPr="00D76CC8" w:rsidRDefault="00E73CFC" w:rsidP="00F43B75">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5209"/>
               </w:tabs>
               <w:spacing w:after="60" w:line="200" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
@@ -13964,51 +14659,51 @@
               </w:rPr>
               <w:t>6)</w:t>
             </w:r>
             <w:r w:rsidR="00E363C4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E73CFC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If so, which:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760DFB" w:rsidRPr="00863430" w14:paraId="02142D3D" w14:textId="77777777" w:rsidTr="007A7FFB">
+      <w:tr w:rsidR="00760DFB" w:rsidRPr="0021718D" w14:paraId="02142D3D" w14:textId="77777777" w:rsidTr="007A7FFB">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="248449E9" w14:textId="0A911361" w:rsidR="006547FB" w:rsidRPr="00D76CC8" w:rsidRDefault="006547FB" w:rsidP="00A05037">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -14042,51 +14737,51 @@
       <w:r w:rsidR="00C04CB1" w:rsidRPr="00C04CB1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ill and dead animals during breeding</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3447"/>
         <w:gridCol w:w="7043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F1CFF" w:rsidRPr="00863430" w14:paraId="4A8A7F1E" w14:textId="77777777" w:rsidTr="003F1CFF">
+      <w:tr w:rsidR="003F1CFF" w:rsidRPr="0021718D" w14:paraId="4A8A7F1E" w14:textId="77777777" w:rsidTr="003F1CFF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4939B329" w14:textId="14CD4004" w:rsidR="003F1CFF" w:rsidRPr="003F1CFF" w:rsidRDefault="003F1CFF" w:rsidP="003F1CFF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F1CFF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">What to do with </w:t>
             </w:r>
@@ -14108,51 +14803,51 @@
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> animals?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7043" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FCD8595" w14:textId="7AA1292E" w:rsidR="003F1CFF" w:rsidRPr="003F1CFF" w:rsidRDefault="003F1CFF" w:rsidP="003F1CFF">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F1CFF" w:rsidRPr="00863430" w14:paraId="4B1416D9" w14:textId="77777777" w:rsidTr="003F1CFF">
+      <w:tr w:rsidR="003F1CFF" w:rsidRPr="0021718D" w14:paraId="4B1416D9" w14:textId="77777777" w:rsidTr="003F1CFF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63539973" w14:textId="211D934D" w:rsidR="003F1CFF" w:rsidRPr="003F1CFF" w:rsidRDefault="003F1CFF" w:rsidP="003F1CFF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F1CFF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">What to do with </w:t>
             </w:r>
@@ -14244,53 +14939,55 @@
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="210" w:lineRule="exact"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6DE8">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>For the method of killing animals, reference is made to the</w:t>
       </w:r>
       <w:r w:rsidR="008B6459">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidR="00DF09D2" w:rsidRPr="00DF09D2">
+        <w:r w:rsidR="00DF09D2" w:rsidRPr="00024EF3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>implementation guide Ch.7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6816DE80" w14:textId="006A7B77" w:rsidR="00381E57" w:rsidRPr="00381E57" w:rsidRDefault="00381E57" w:rsidP="000151C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00381E57">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>7. Surplus animals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="100F4054" w14:textId="3A35AFF9" w:rsidR="00381E57" w:rsidRPr="00381E57" w:rsidRDefault="00B60587" w:rsidP="008E6C65">
       <w:pPr>
         <w:spacing w:line="220" w:lineRule="exact"/>
         <w:rPr>
@@ -14324,169 +15021,190 @@
         <w:t xml:space="preserve"> animals are suitable for reuse, make the animals, or tissues thereof, available through the platform</w:t>
       </w:r>
       <w:r w:rsidR="000D2B6C">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="000D2B6C" w:rsidRPr="006056BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>ATEX</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7AF84653" w14:textId="4F7241CA" w:rsidR="001766D3" w:rsidRPr="008E1A45" w:rsidRDefault="00925A78" w:rsidP="000330B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Attachments</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0E4E748B" w14:textId="4851EAA4" w:rsidR="00942B64" w:rsidRPr="008E1A45" w:rsidRDefault="00BA785E" w:rsidP="00942B64">
+    <w:p w14:paraId="0E4E748B" w14:textId="4851EAA4" w:rsidR="00942B64" w:rsidRPr="008E1A45" w:rsidRDefault="00000000" w:rsidP="00942B64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">1 – Table </w:t>
+          <w:t xml:space="preserve">1 – </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Table</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00966FBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>maintenance</w:t>
         </w:r>
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> breeding</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>breeding</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72F4FB4B" w14:textId="7690C071" w:rsidR="0006216A" w:rsidRPr="0006216A" w:rsidRDefault="00BA785E" w:rsidP="0006216A">
+    <w:p w14:paraId="72F4FB4B" w14:textId="7690C071" w:rsidR="0006216A" w:rsidRPr="0006216A" w:rsidRDefault="00000000" w:rsidP="0006216A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00942B64" w:rsidRPr="0006216A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>2 – Table production breeding</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35E799BD" w14:textId="5F54F80A" w:rsidR="0003244C" w:rsidRPr="00F92FC9" w:rsidRDefault="00BA785E" w:rsidP="00942B64">
+    <w:p w14:paraId="35E799BD" w14:textId="5F54F80A" w:rsidR="0003244C" w:rsidRPr="00F92FC9" w:rsidRDefault="00000000" w:rsidP="00942B64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="0006216A" w:rsidRPr="004964B6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>3 – Table genotyping</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="65274115" w14:textId="6CCE43DD" w:rsidR="00EF6DC3" w:rsidRPr="00805310" w:rsidRDefault="004D16B8" w:rsidP="00805310">
+    <w:p w14:paraId="7DD51E21" w14:textId="77777777" w:rsidR="0067584F" w:rsidRPr="00FC0614" w:rsidRDefault="0067584F" w:rsidP="00805310">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65274115" w14:textId="6CCE43DD" w:rsidR="0067584F" w:rsidRPr="00805310" w:rsidRDefault="0067584F" w:rsidP="00805310">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00EF6DC3" w:rsidRPr="00805310" w:rsidSect="00EF6DC3">
+        <w:sectPr w:rsidR="0067584F" w:rsidRPr="00805310" w:rsidSect="00EF6DC3">
           <w:headerReference w:type="default" r:id="rId42"/>
           <w:footerReference w:type="default" r:id="rId43"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1276" w:right="567" w:bottom="975" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="35AC2BAA" w14:textId="1CF04EBE" w:rsidR="003E5E93" w:rsidRPr="006E3DFB" w:rsidRDefault="003E5E93" w:rsidP="003E5E93">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3DFB">
         <w:t>nstandhoudingsfok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487C50BB" wp14:editId="6431E3C8">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1476301677" name="Picture 1476301677">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId19" tooltip="De tabel wordt ingevuld door de contactpersoon van deze fok, eventueel in overleg met de fokcoordinator of fokbeheerder. Hierbij worden de uitgangspunten bij het opzeten van een fok, zoals in de toepassingsregeling H3 beschreven gevolgd."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -14531,52 +15249,65 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="00956598">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> breeding</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00956598">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>breeding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68FC654B" wp14:editId="35C6CED4">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="16" name="Picture 16">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="The table is completed by the contact person for this breeding programme, possibly in consultation with the breeding coordinator/manager. The principles for setting up a breeding programme, as described in the H3 application regulations"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -14621,1000 +15352,1103 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3825"/>
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3441"/>
+        <w:gridCol w:w="1801"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1560"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="1988"/>
+        <w:gridCol w:w="1704"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="2D739B42" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="2D739B42" w14:textId="77777777" w:rsidTr="007C122E">
         <w:trPr>
           <w:trHeight w:val="162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3825" w:type="dxa"/>
+            <w:tcW w:w="3441" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2913EF01" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
+          <w:p w14:paraId="2913EF01" w14:textId="5FAE6997" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Stamnaam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> + genotype (Hom</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="003276C9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t xml:space="preserve">geslacht + </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Hemi/Het</w:t>
+              <w:t>genotype (Hom</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>Hemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/Het</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A05037">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>WT)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CC4AF75" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
+          <w:p w14:paraId="7CC4AF75" w14:textId="31A9B897" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Strain name + genotype (Hom/</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Strain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Hemi/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A7CCB">
+              <w:t xml:space="preserve"> name + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DD41DF">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>sex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD41DF">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7CCB">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>genotype (Hom/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7CCB">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Het/WT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="208C2141" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="208C2141" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="461395549"/>
                 <w:placeholder>
                   <w:docPart w:val="B13548643EA84A79B3FEEB532B0DCB46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
-                  <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
-                  <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
+                  <w:listItem w:displayText="Maakt niet uit/Doesn't matter" w:value="Maakt niet uit/Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00E07110">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE476EE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="3AE476EE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1359849449"/>
                 <w:placeholder>
                   <w:docPart w:val="DB87495C043E436BA256FF861F0DCE64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Hom" w:value="Hom"/>
                   <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                   <w:listItem w:displayText="Het" w:value="Het"/>
                   <w:listItem w:displayText="WT" w:value="WT"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Genotype</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69B36AC4" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="69B36AC4" w14:textId="4EC36ED7" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-2034643831"/>
                 <w:placeholder>
                   <w:docPart w:val="E963D256871F4FFEBA3277777182BE1D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
-                  <w:listItem w:displayText="Maakt niet uit" w:value="Maakt niet uit"/>
-                  <w:listItem w:displayText="Doesn't matter" w:value="Doesn't matter"/>
+                  <w:listItem w:displayText="Maakt niet uit/Doesn't matter" w:value="Maakt niet uit/Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003E5E93">
+                <w:r w:rsidR="00232986">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2313C708" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="2313C708" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="635688667"/>
                 <w:placeholder>
                   <w:docPart w:val="F6AFF24D546A495B974DF9C2B28A4700"/>
                 </w:placeholder>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="-1696528314"/>
                     <w:placeholder>
                       <w:docPart w:val="178FF084E61744ADB1B2A0354A7DD83A"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:displayText="Hom" w:value="Hom"/>
                       <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                       <w:listItem w:displayText="Het" w:value="Het"/>
                       <w:listItem w:displayText="WT" w:value="WT"/>
                     </w:dropDownList>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="003E5E93">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:eastAsia="Times"/>
                       </w:rPr>
                       <w:t>Genotype</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="48C751FA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nakomelingen</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-468506782"/>
                 <w:placeholder>
                   <w:docPart w:val="3047EFFF2FE34B56AB049CE4F5974E64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="21A0B605" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Offspring</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="39275C62" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="39275C62" w14:textId="77777777" w:rsidTr="007C122E">
         <w:trPr>
           <w:trHeight w:val="61"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3825" w:type="dxa"/>
+            <w:tcW w:w="3441" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47180AB8" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00600339" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="00600339" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1015354883"/>
                 <w:placeholder>
                   <w:docPart w:val="7D267CF33EF14A12A45A713320783F32"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E685508" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          </w:tcPr>
+          <w:p w14:paraId="7E685508" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="00315247">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="87124860"/>
                 <w:placeholder>
                   <w:docPart w:val="3F8F4122ED7F4BAD981204248567993C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="0392FE03" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="642F4B7F" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="642F4B7F" w14:textId="77777777" w:rsidTr="007C122E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3825" w:type="dxa"/>
+            <w:tcW w:w="3441" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="360FE448" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Aantal dieren bij start fok:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB57F57" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="001A0DB8" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0DB8">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Number of animals at start breeding</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FE2F6A3" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1961914826"/>
                 <w:placeholder>
                   <w:docPart w:val="6933EE148BAD445AB2BEF9F426860560"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="011C9061" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00CB414E" w:rsidDel="00E174B5" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FDB7F74" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1564557794"/>
                 <w:placeholder>
                   <w:docPart w:val="F694EA18BED64DE095DA1FA0F3C9DA58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="62B5510B" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="60F2F85F" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
+          <w:p w14:paraId="60F2F85F" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="007C122E" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
-                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00863430" w14:paraId="61269EB6" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="0021718D" w14:paraId="61269EB6" w14:textId="77777777" w:rsidTr="00242747">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3825" w:type="dxa"/>
+            <w:tcW w:w="3441" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05703210" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Gemiddeld aantal speenlingen per fokvrouw:</w:t>
+              <w:t xml:space="preserve">Gemiddeld aantal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A05037">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>speenlingen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A05037">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per fokvrouw:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C3D4B02" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00550F7D" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Average number of siblings per breeder</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:tcW w:w="7049" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1673523D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00550F7D" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
+          <w:p w14:paraId="1673523D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00315247" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="47460A62" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="47460A62" w14:textId="77777777" w:rsidTr="00242747">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3825" w:type="dxa"/>
+            <w:tcW w:w="3441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="21A3A0EF" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Overige wensen/bijzonderheden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D61AB1F" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other wishes/details:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6665" w:type="dxa"/>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wishes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/details:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7049" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46EE83E0" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -15677,146 +16511,143 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Aantal fokkooien:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B1964C7" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of breeding cages:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="583BF1D2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="583BF1D2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1200205714"/>
                 <w:placeholder>
                   <w:docPart w:val="03FBAA8006F348F4810DF5A01EF35547"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB8E2BA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="007C15BE" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="0EB8E2BA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="007C15BE" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-554465738"/>
                 <w:placeholder>
                   <w:docPart w:val="9B3147BB72C74FD9B14B6B0A6626A21C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="000D7B87">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1:2</w:t>
             </w:r>
@@ -15837,172 +16668,218 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Anders, namelijk</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="651022743"/>
                 <w:placeholder>
                   <w:docPart w:val="ADCC08C0BB4C45B2901890D90157EBE9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2D89F58A" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00036FF0" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other, namely</w:t>
-            </w:r>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E821D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E821D9">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>namely</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E5E93" w:rsidRPr="00036FF0" w14:paraId="7F4DB558" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51D1215A" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="003B2FE9" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B2FE9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Continuïteit fok:</w:t>
+              <w:t>Continuïteit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2FE9">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B2FE9">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fok</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B2FE9">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EF94E10" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="003B2FE9" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Continuity of breeding:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D34A9E2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="1D34A9E2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-185058688"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standaard fok </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26F97A07" wp14:editId="4BCB1E4E">
                   <wp:extent cx="81280" cy="81280"/>
@@ -16111,306 +16988,331 @@
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:br/>
               <w:t>(Interval)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0866166D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="0866166D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1520539940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Continu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F770679" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E77E00" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Continuous</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2440369C" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="2440369C" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1481808494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anders,</w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-859204769"/>
                 <w:placeholder>
                   <w:docPart w:val="E59585E0DC834ACDB7DB14F4882E1A3D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93" w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="4E7BD2AA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E77E00" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E93" w:rsidRPr="00863430" w14:paraId="442BA178" w14:textId="77777777" w:rsidTr="007457E2">
+      <w:tr w:rsidR="003E5E93" w:rsidRPr="0021718D" w14:paraId="442BA178" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6332FF41" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="006667D5" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bij </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003C4113">
+              <w:t>Bij</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>continu</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006667D5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C4113">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>, licht toe:</w:t>
+              <w:t>continu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006667D5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006667D5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>licht</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006667D5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> toe:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36775E6B" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="006667D5" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="006177EE">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>continuous</w:t>
             </w:r>
             <w:r w:rsidRPr="006667D5">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C6E07BD" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="006667D5" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -16529,51 +17431,50 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="66438484" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="000203DB" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum age of breeding animals: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F802C4B" wp14:editId="432FF411">
                   <wp:extent cx="81280" cy="81280"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="325622482" name="Picture 325622482">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="See application rules for standard criteria. H3.1 for Rats and Mice / H3.2 for zebrafish"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="325622482" name="Picture 325622482">
                             <a:hlinkClick r:id="rId25" tooltip="See application rules for standard criteria. H3.1 for Rats and Mice / H3.2 for zebrafish"/>
@@ -16632,199 +17533,231 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="722247B6" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="722247B6" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="117659380"/>
                 <w:placeholder>
                   <w:docPart w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> maanden</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E5E93">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-            </w:r>
+              <w:t>maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28260003" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="0043536A" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="54DB4656" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="54DB4656" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1595129116"/>
                 <w:placeholder>
                   <w:docPart w:val="7F8BEC308F794BC68D1BBBCC94855470"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> maanden</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E5E93">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-            </w:r>
+              <w:t>maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="46B029F9" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="012D435E" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -16860,262 +17793,290 @@
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> inclusief fokreserve:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="407E1A7B" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00572B17" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Max number of animals in stock, including breeding reserve</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40CAB667" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="0043536A" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC46AEE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="3BC46AEE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="494152225"/>
                 <w:placeholder>
                   <w:docPart w:val="73C723EDE2CC41F4BF5857A5F0F9232A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mannen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E5E93">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t>mannen</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7946FA4F" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="0043536A" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="32FD9E56" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00BA785E" w:rsidP="007457E2">
+          <w:p w14:paraId="32FD9E56" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1895461150"/>
                 <w:placeholder>
                   <w:docPart w:val="EFF26252341A4722935E04548C869548"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vrouwen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E5E93">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-            </w:r>
+              <w:t>vrouwen</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003E5E93">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>female</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="7B2EABA8" w14:textId="77777777" w:rsidTr="007457E2">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F472266" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
@@ -17124,132 +18085,153 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Overige wensen/bijzonderheden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16FFA74E" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="16"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Other wishes/details:</w:t>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wishes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00590A66">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5957" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68C225BD" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39368459" w14:textId="77777777" w:rsidR="00E31EF5" w:rsidRPr="00EF6DC3" w:rsidRDefault="00E31EF5" w:rsidP="004D16B8">
-[...11 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="39368459" w14:textId="77777777" w:rsidR="00E31EF5" w:rsidRPr="00EF6DC3" w:rsidRDefault="00E31EF5" w:rsidP="00415F29"/>
     <w:sectPr w:rsidR="00E31EF5" w:rsidRPr="00EF6DC3" w:rsidSect="00B84A34">
       <w:headerReference w:type="default" r:id="rId44"/>
       <w:footerReference w:type="default" r:id="rId45"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1276" w:right="567" w:bottom="567" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="689857FB" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470" w:rsidP="00907494">
+    <w:p w14:paraId="5F03355A" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E3FBB2E" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470" w:rsidP="00907494">
+    <w:p w14:paraId="629A2C38" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1699F259" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470">
+    <w:p w14:paraId="2DDDA856" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -17286,50 +18268,57 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="28F17B7E" w14:textId="27B22FB9" w:rsidR="00EF6DC3" w:rsidRPr="00C01DA6" w:rsidRDefault="00BE0142" w:rsidP="0030713A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="1" w:color="94C11A" w:themeColor="accent1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="3535"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -17441,61 +18430,59 @@
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00BE3ABC">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-490561569"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2140024915"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="002A5DB5">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -17653,61 +18640,59 @@
       <w:t>—</w:t>
     </w:r>
     <w:r w:rsidR="00E61CCE">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="0010439F">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00E61CCE">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-67886026"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1705238520"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00E61CCE">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -17773,71 +18758,71 @@
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="1B2535B6" w14:textId="767A767F" w:rsidR="00911ABF" w:rsidRDefault="004D16B8" w:rsidP="004D16B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="4011"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79143E65" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470" w:rsidP="00907494">
+    <w:p w14:paraId="4185ACE5" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C2B188" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470" w:rsidP="00907494">
+    <w:p w14:paraId="6E88F1D9" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93" w:rsidP="00907494">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3C12C372" w14:textId="77777777" w:rsidR="005E0470" w:rsidRDefault="005E0470">
+    <w:p w14:paraId="6BA5B905" w14:textId="77777777" w:rsidR="00F73B93" w:rsidRDefault="00F73B93">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6515AC05" w14:textId="50BB1F25" w:rsidR="00EF6DC3" w:rsidRPr="002E5842" w:rsidRDefault="00EF6DC3" w:rsidP="002E5842">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D66142">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F8D242D" wp14:editId="04B18F58">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -21431,106 +22416,110 @@
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00907494"/>
     <w:rsid w:val="000027D8"/>
     <w:rsid w:val="000052A3"/>
     <w:rsid w:val="000063B0"/>
     <w:rsid w:val="000065C9"/>
     <w:rsid w:val="0001292B"/>
     <w:rsid w:val="000151C7"/>
     <w:rsid w:val="00017156"/>
     <w:rsid w:val="00021B7D"/>
     <w:rsid w:val="00022317"/>
     <w:rsid w:val="000224F1"/>
     <w:rsid w:val="00023A22"/>
     <w:rsid w:val="00023B53"/>
     <w:rsid w:val="000249BE"/>
+    <w:rsid w:val="00024EF3"/>
     <w:rsid w:val="00025854"/>
     <w:rsid w:val="00025E7B"/>
     <w:rsid w:val="0002646F"/>
     <w:rsid w:val="00030E5F"/>
     <w:rsid w:val="000317E2"/>
     <w:rsid w:val="0003244C"/>
     <w:rsid w:val="000330B8"/>
     <w:rsid w:val="00033274"/>
     <w:rsid w:val="000335E9"/>
     <w:rsid w:val="0003483B"/>
     <w:rsid w:val="0003490A"/>
+    <w:rsid w:val="00034C1A"/>
     <w:rsid w:val="0003530A"/>
     <w:rsid w:val="000361E4"/>
     <w:rsid w:val="00036861"/>
     <w:rsid w:val="00036FF0"/>
     <w:rsid w:val="00041A8B"/>
     <w:rsid w:val="00042146"/>
     <w:rsid w:val="000449E9"/>
     <w:rsid w:val="0004601C"/>
     <w:rsid w:val="00046649"/>
     <w:rsid w:val="00055AE5"/>
     <w:rsid w:val="00056CB4"/>
     <w:rsid w:val="00057154"/>
     <w:rsid w:val="000577A3"/>
     <w:rsid w:val="000600A9"/>
     <w:rsid w:val="0006216A"/>
     <w:rsid w:val="00067886"/>
     <w:rsid w:val="00067BD0"/>
     <w:rsid w:val="00070495"/>
     <w:rsid w:val="00071D20"/>
     <w:rsid w:val="0007428F"/>
     <w:rsid w:val="0007462F"/>
     <w:rsid w:val="0007782C"/>
     <w:rsid w:val="0008099C"/>
     <w:rsid w:val="000830E1"/>
     <w:rsid w:val="00083F4B"/>
@@ -21599,111 +22588,117 @@
     <w:rsid w:val="00145B0A"/>
     <w:rsid w:val="00145D1F"/>
     <w:rsid w:val="00154885"/>
     <w:rsid w:val="00154A39"/>
     <w:rsid w:val="001566BD"/>
     <w:rsid w:val="00161591"/>
     <w:rsid w:val="001674D2"/>
     <w:rsid w:val="0017103B"/>
     <w:rsid w:val="001722DF"/>
     <w:rsid w:val="0017337C"/>
     <w:rsid w:val="001766D3"/>
     <w:rsid w:val="00177541"/>
     <w:rsid w:val="00185198"/>
     <w:rsid w:val="001852A2"/>
     <w:rsid w:val="00187AD7"/>
     <w:rsid w:val="00190FDD"/>
     <w:rsid w:val="001919EE"/>
     <w:rsid w:val="00193F90"/>
     <w:rsid w:val="001945D9"/>
     <w:rsid w:val="00196271"/>
     <w:rsid w:val="001973CA"/>
     <w:rsid w:val="001A1C72"/>
     <w:rsid w:val="001A242A"/>
     <w:rsid w:val="001A3F0D"/>
     <w:rsid w:val="001A449F"/>
+    <w:rsid w:val="001A49F7"/>
     <w:rsid w:val="001A4C69"/>
     <w:rsid w:val="001A4E09"/>
     <w:rsid w:val="001B382B"/>
     <w:rsid w:val="001B3F70"/>
     <w:rsid w:val="001C17F8"/>
     <w:rsid w:val="001C33B7"/>
     <w:rsid w:val="001C42DA"/>
     <w:rsid w:val="001C4915"/>
     <w:rsid w:val="001C5426"/>
     <w:rsid w:val="001D1D91"/>
     <w:rsid w:val="001D6302"/>
     <w:rsid w:val="001E1249"/>
     <w:rsid w:val="001E3D4E"/>
     <w:rsid w:val="001E4A55"/>
     <w:rsid w:val="001E5993"/>
     <w:rsid w:val="001E618C"/>
     <w:rsid w:val="001E646C"/>
     <w:rsid w:val="001E71D8"/>
     <w:rsid w:val="001F0408"/>
     <w:rsid w:val="001F07E1"/>
     <w:rsid w:val="001F2771"/>
     <w:rsid w:val="001F71A5"/>
     <w:rsid w:val="001F758A"/>
     <w:rsid w:val="001F7A29"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="00201FC8"/>
     <w:rsid w:val="002035E6"/>
     <w:rsid w:val="00205AC7"/>
     <w:rsid w:val="002119D3"/>
     <w:rsid w:val="00214C30"/>
     <w:rsid w:val="00215A45"/>
+    <w:rsid w:val="0021718D"/>
+    <w:rsid w:val="00221F45"/>
     <w:rsid w:val="00226FCC"/>
     <w:rsid w:val="00230533"/>
     <w:rsid w:val="002327A7"/>
+    <w:rsid w:val="00232986"/>
     <w:rsid w:val="00233A7C"/>
     <w:rsid w:val="00233B8A"/>
     <w:rsid w:val="00234217"/>
     <w:rsid w:val="00235D61"/>
     <w:rsid w:val="00237C56"/>
     <w:rsid w:val="00241071"/>
     <w:rsid w:val="00241196"/>
+    <w:rsid w:val="00242747"/>
     <w:rsid w:val="00244805"/>
     <w:rsid w:val="00245C1E"/>
     <w:rsid w:val="00245DFD"/>
     <w:rsid w:val="002502AA"/>
     <w:rsid w:val="0025120F"/>
     <w:rsid w:val="00251838"/>
     <w:rsid w:val="00251FDE"/>
     <w:rsid w:val="0025331F"/>
     <w:rsid w:val="00253A8E"/>
     <w:rsid w:val="00256B18"/>
     <w:rsid w:val="00256DC2"/>
     <w:rsid w:val="00257E5D"/>
     <w:rsid w:val="00260714"/>
     <w:rsid w:val="00262C36"/>
     <w:rsid w:val="002644A3"/>
     <w:rsid w:val="00266E9D"/>
     <w:rsid w:val="0026795B"/>
     <w:rsid w:val="00267F1D"/>
     <w:rsid w:val="00270011"/>
     <w:rsid w:val="0027107F"/>
+    <w:rsid w:val="002721B1"/>
     <w:rsid w:val="002728E8"/>
     <w:rsid w:val="00272984"/>
     <w:rsid w:val="002761E5"/>
     <w:rsid w:val="00276710"/>
     <w:rsid w:val="0027774D"/>
     <w:rsid w:val="00280E8F"/>
     <w:rsid w:val="002814A1"/>
     <w:rsid w:val="00281B85"/>
     <w:rsid w:val="00283B02"/>
     <w:rsid w:val="00283B4E"/>
     <w:rsid w:val="00285211"/>
     <w:rsid w:val="00286EB9"/>
     <w:rsid w:val="002877E9"/>
     <w:rsid w:val="00292F76"/>
     <w:rsid w:val="00295F3D"/>
     <w:rsid w:val="002977BB"/>
     <w:rsid w:val="002A3273"/>
     <w:rsid w:val="002A4F9A"/>
     <w:rsid w:val="002A5DB5"/>
     <w:rsid w:val="002A6083"/>
     <w:rsid w:val="002A7BEF"/>
     <w:rsid w:val="002B0D2F"/>
     <w:rsid w:val="002B1E46"/>
     <w:rsid w:val="002B326A"/>
     <w:rsid w:val="002B37EF"/>
@@ -21711,76 +22706,79 @@
     <w:rsid w:val="002B4922"/>
     <w:rsid w:val="002B5315"/>
     <w:rsid w:val="002B7C39"/>
     <w:rsid w:val="002C051B"/>
     <w:rsid w:val="002C4CD6"/>
     <w:rsid w:val="002C5C20"/>
     <w:rsid w:val="002C72B0"/>
     <w:rsid w:val="002C77EC"/>
     <w:rsid w:val="002D1847"/>
     <w:rsid w:val="002D614C"/>
     <w:rsid w:val="002D6DFD"/>
     <w:rsid w:val="002D7437"/>
     <w:rsid w:val="002E31F5"/>
     <w:rsid w:val="002E5049"/>
     <w:rsid w:val="002E5842"/>
     <w:rsid w:val="002F0DC6"/>
     <w:rsid w:val="002F4EDA"/>
     <w:rsid w:val="002F797A"/>
     <w:rsid w:val="00300E89"/>
     <w:rsid w:val="003011B7"/>
     <w:rsid w:val="003039E7"/>
     <w:rsid w:val="00305568"/>
     <w:rsid w:val="003063E0"/>
     <w:rsid w:val="00310BE6"/>
     <w:rsid w:val="00312A5D"/>
+    <w:rsid w:val="00315247"/>
     <w:rsid w:val="00315A89"/>
     <w:rsid w:val="00315BD2"/>
     <w:rsid w:val="00315EEB"/>
     <w:rsid w:val="00316EA3"/>
     <w:rsid w:val="00317A0C"/>
     <w:rsid w:val="00322BDB"/>
     <w:rsid w:val="0032465E"/>
     <w:rsid w:val="0032533D"/>
     <w:rsid w:val="00325F59"/>
     <w:rsid w:val="00326ADD"/>
+    <w:rsid w:val="003276C9"/>
     <w:rsid w:val="00333340"/>
     <w:rsid w:val="00334691"/>
     <w:rsid w:val="00340C85"/>
     <w:rsid w:val="00341733"/>
     <w:rsid w:val="00342B98"/>
     <w:rsid w:val="00345937"/>
     <w:rsid w:val="00346894"/>
     <w:rsid w:val="003477B3"/>
     <w:rsid w:val="00347DA7"/>
     <w:rsid w:val="00351220"/>
     <w:rsid w:val="00351AB6"/>
     <w:rsid w:val="0035291D"/>
     <w:rsid w:val="00352B13"/>
     <w:rsid w:val="00355AEC"/>
     <w:rsid w:val="0036039C"/>
     <w:rsid w:val="003620E7"/>
+    <w:rsid w:val="00362B1D"/>
     <w:rsid w:val="00365E8B"/>
     <w:rsid w:val="003740D8"/>
     <w:rsid w:val="00374E87"/>
     <w:rsid w:val="00381E57"/>
     <w:rsid w:val="00382481"/>
     <w:rsid w:val="00383187"/>
     <w:rsid w:val="00386BD8"/>
     <w:rsid w:val="00390D75"/>
     <w:rsid w:val="003922DD"/>
     <w:rsid w:val="00392D1C"/>
     <w:rsid w:val="00394C4F"/>
     <w:rsid w:val="003950E5"/>
     <w:rsid w:val="00395347"/>
     <w:rsid w:val="003A1F96"/>
     <w:rsid w:val="003A2680"/>
     <w:rsid w:val="003A3EF7"/>
     <w:rsid w:val="003A4FBB"/>
     <w:rsid w:val="003A5A33"/>
     <w:rsid w:val="003A61E1"/>
     <w:rsid w:val="003A629B"/>
     <w:rsid w:val="003B5DFC"/>
     <w:rsid w:val="003B7F9E"/>
     <w:rsid w:val="003C26F7"/>
     <w:rsid w:val="003C36E0"/>
     <w:rsid w:val="003C4C50"/>
@@ -21799,50 +22797,51 @@
     <w:rsid w:val="003D5EE7"/>
     <w:rsid w:val="003D6619"/>
     <w:rsid w:val="003E0B30"/>
     <w:rsid w:val="003E12C4"/>
     <w:rsid w:val="003E474A"/>
     <w:rsid w:val="003E5E93"/>
     <w:rsid w:val="003E6856"/>
     <w:rsid w:val="003E6BA1"/>
     <w:rsid w:val="003E7CD8"/>
     <w:rsid w:val="003F029D"/>
     <w:rsid w:val="003F1CFF"/>
     <w:rsid w:val="003F3934"/>
     <w:rsid w:val="003F5194"/>
     <w:rsid w:val="003F5754"/>
     <w:rsid w:val="003F5B7E"/>
     <w:rsid w:val="004049DC"/>
     <w:rsid w:val="00404B52"/>
     <w:rsid w:val="00407AB8"/>
     <w:rsid w:val="00407CCB"/>
     <w:rsid w:val="004115EF"/>
     <w:rsid w:val="00412607"/>
     <w:rsid w:val="00413F7B"/>
     <w:rsid w:val="004140C9"/>
     <w:rsid w:val="00414AA7"/>
     <w:rsid w:val="00415243"/>
+    <w:rsid w:val="00415F29"/>
     <w:rsid w:val="00417034"/>
     <w:rsid w:val="00417FDE"/>
     <w:rsid w:val="004202C4"/>
     <w:rsid w:val="00422FB3"/>
     <w:rsid w:val="00424B9F"/>
     <w:rsid w:val="0042698F"/>
     <w:rsid w:val="004329B2"/>
     <w:rsid w:val="0043536A"/>
     <w:rsid w:val="00435B26"/>
     <w:rsid w:val="004363F9"/>
     <w:rsid w:val="00445C0E"/>
     <w:rsid w:val="0044675F"/>
     <w:rsid w:val="00446E00"/>
     <w:rsid w:val="00447F71"/>
     <w:rsid w:val="0045124B"/>
     <w:rsid w:val="0046027E"/>
     <w:rsid w:val="00460BB2"/>
     <w:rsid w:val="00464412"/>
     <w:rsid w:val="004650D9"/>
     <w:rsid w:val="00466D7F"/>
     <w:rsid w:val="00466DF0"/>
     <w:rsid w:val="00470429"/>
     <w:rsid w:val="00472752"/>
     <w:rsid w:val="004747FB"/>
     <w:rsid w:val="00477BFA"/>
@@ -21900,58 +22899,60 @@
     <w:rsid w:val="00544D8B"/>
     <w:rsid w:val="00546F9C"/>
     <w:rsid w:val="00550089"/>
     <w:rsid w:val="005515EB"/>
     <w:rsid w:val="00556A92"/>
     <w:rsid w:val="00561A90"/>
     <w:rsid w:val="00564663"/>
     <w:rsid w:val="00564B60"/>
     <w:rsid w:val="00566EE7"/>
     <w:rsid w:val="00567F8F"/>
     <w:rsid w:val="00571894"/>
     <w:rsid w:val="005718AF"/>
     <w:rsid w:val="0057213E"/>
     <w:rsid w:val="00572C25"/>
     <w:rsid w:val="00574147"/>
     <w:rsid w:val="00581FFB"/>
     <w:rsid w:val="00582303"/>
     <w:rsid w:val="005848A1"/>
     <w:rsid w:val="005907C3"/>
     <w:rsid w:val="005A11BB"/>
     <w:rsid w:val="005A1E95"/>
     <w:rsid w:val="005A2AD8"/>
     <w:rsid w:val="005A2BA4"/>
     <w:rsid w:val="005A320A"/>
     <w:rsid w:val="005A7709"/>
+    <w:rsid w:val="005B00F6"/>
     <w:rsid w:val="005B15A4"/>
     <w:rsid w:val="005B5034"/>
     <w:rsid w:val="005B6165"/>
     <w:rsid w:val="005B6A79"/>
     <w:rsid w:val="005B6B2B"/>
     <w:rsid w:val="005B7231"/>
     <w:rsid w:val="005C0E09"/>
     <w:rsid w:val="005C1A12"/>
+    <w:rsid w:val="005C1F0D"/>
     <w:rsid w:val="005C280B"/>
     <w:rsid w:val="005C3F5C"/>
     <w:rsid w:val="005C5AB5"/>
     <w:rsid w:val="005D1DE0"/>
     <w:rsid w:val="005D3EBE"/>
     <w:rsid w:val="005D4706"/>
     <w:rsid w:val="005D61AA"/>
     <w:rsid w:val="005D6F09"/>
     <w:rsid w:val="005D70D6"/>
     <w:rsid w:val="005D7A5D"/>
     <w:rsid w:val="005E0470"/>
     <w:rsid w:val="005E286E"/>
     <w:rsid w:val="005E32BE"/>
     <w:rsid w:val="005E3F50"/>
     <w:rsid w:val="005E4FB5"/>
     <w:rsid w:val="005E50BB"/>
     <w:rsid w:val="005F26A3"/>
     <w:rsid w:val="005F35AC"/>
     <w:rsid w:val="005F6438"/>
     <w:rsid w:val="005F6752"/>
     <w:rsid w:val="005F6B77"/>
     <w:rsid w:val="006008E5"/>
     <w:rsid w:val="006010D4"/>
     <w:rsid w:val="00601D13"/>
     <w:rsid w:val="006031B6"/>
@@ -21962,98 +22963,101 @@
     <w:rsid w:val="00606424"/>
     <w:rsid w:val="00607E5E"/>
     <w:rsid w:val="00611236"/>
     <w:rsid w:val="00611689"/>
     <w:rsid w:val="00614A51"/>
     <w:rsid w:val="006151FD"/>
     <w:rsid w:val="00615390"/>
     <w:rsid w:val="00615571"/>
     <w:rsid w:val="00616AB2"/>
     <w:rsid w:val="00620236"/>
     <w:rsid w:val="006309F3"/>
     <w:rsid w:val="00634689"/>
     <w:rsid w:val="00634825"/>
     <w:rsid w:val="00634E7A"/>
     <w:rsid w:val="0063566E"/>
     <w:rsid w:val="00640947"/>
     <w:rsid w:val="0064200C"/>
     <w:rsid w:val="00646441"/>
     <w:rsid w:val="006465CA"/>
     <w:rsid w:val="00646EEF"/>
     <w:rsid w:val="00652A00"/>
     <w:rsid w:val="00652DA0"/>
     <w:rsid w:val="00653D7A"/>
     <w:rsid w:val="006547FB"/>
     <w:rsid w:val="00654E92"/>
+    <w:rsid w:val="0066193C"/>
     <w:rsid w:val="00661AE3"/>
     <w:rsid w:val="00664F38"/>
     <w:rsid w:val="006666D4"/>
     <w:rsid w:val="0067052D"/>
     <w:rsid w:val="006718E2"/>
     <w:rsid w:val="00675819"/>
+    <w:rsid w:val="0067584F"/>
     <w:rsid w:val="00675BA8"/>
     <w:rsid w:val="00676BA8"/>
     <w:rsid w:val="00677EA7"/>
     <w:rsid w:val="00680ACA"/>
     <w:rsid w:val="00681396"/>
     <w:rsid w:val="006814B1"/>
     <w:rsid w:val="00683694"/>
     <w:rsid w:val="00683C12"/>
     <w:rsid w:val="00687CC9"/>
     <w:rsid w:val="00690163"/>
     <w:rsid w:val="006962F1"/>
     <w:rsid w:val="006963D5"/>
     <w:rsid w:val="00696CE3"/>
     <w:rsid w:val="006A1487"/>
     <w:rsid w:val="006A196A"/>
     <w:rsid w:val="006B0BF4"/>
     <w:rsid w:val="006B0C02"/>
     <w:rsid w:val="006B119E"/>
     <w:rsid w:val="006B1C5A"/>
     <w:rsid w:val="006B3EBA"/>
     <w:rsid w:val="006B4E8C"/>
     <w:rsid w:val="006C2AA8"/>
     <w:rsid w:val="006C3372"/>
     <w:rsid w:val="006C6F80"/>
     <w:rsid w:val="006D003E"/>
     <w:rsid w:val="006D05A1"/>
     <w:rsid w:val="006D2723"/>
     <w:rsid w:val="006D2CD2"/>
     <w:rsid w:val="006D608C"/>
     <w:rsid w:val="006E012D"/>
     <w:rsid w:val="006E2176"/>
     <w:rsid w:val="006E32E3"/>
     <w:rsid w:val="006E3DFB"/>
     <w:rsid w:val="006E4147"/>
     <w:rsid w:val="006E7A0E"/>
     <w:rsid w:val="006F09B6"/>
     <w:rsid w:val="006F1760"/>
     <w:rsid w:val="006F190E"/>
     <w:rsid w:val="006F283C"/>
     <w:rsid w:val="006F381E"/>
     <w:rsid w:val="006F7651"/>
     <w:rsid w:val="00701CEC"/>
+    <w:rsid w:val="00701D36"/>
     <w:rsid w:val="00706498"/>
     <w:rsid w:val="00707F53"/>
     <w:rsid w:val="007122A7"/>
     <w:rsid w:val="00713D85"/>
     <w:rsid w:val="007144FD"/>
     <w:rsid w:val="00720136"/>
     <w:rsid w:val="0072072C"/>
     <w:rsid w:val="0072092A"/>
     <w:rsid w:val="007211B8"/>
     <w:rsid w:val="00724082"/>
     <w:rsid w:val="007258EF"/>
     <w:rsid w:val="00725F68"/>
     <w:rsid w:val="00727FC4"/>
     <w:rsid w:val="0073074A"/>
     <w:rsid w:val="007310EA"/>
     <w:rsid w:val="007313DC"/>
     <w:rsid w:val="0073292C"/>
     <w:rsid w:val="00732B44"/>
     <w:rsid w:val="00732F13"/>
     <w:rsid w:val="00737FB2"/>
     <w:rsid w:val="00745853"/>
     <w:rsid w:val="00750386"/>
     <w:rsid w:val="0075196B"/>
     <w:rsid w:val="00752848"/>
     <w:rsid w:val="00752FA8"/>
@@ -22063,50 +23067,51 @@
     <w:rsid w:val="007602A5"/>
     <w:rsid w:val="00760DFB"/>
     <w:rsid w:val="0076203F"/>
     <w:rsid w:val="00762D12"/>
     <w:rsid w:val="0076309B"/>
     <w:rsid w:val="00770313"/>
     <w:rsid w:val="007708FD"/>
     <w:rsid w:val="00776172"/>
     <w:rsid w:val="00776EFE"/>
     <w:rsid w:val="007770AD"/>
     <w:rsid w:val="00781B62"/>
     <w:rsid w:val="0078240B"/>
     <w:rsid w:val="00786834"/>
     <w:rsid w:val="007909EF"/>
     <w:rsid w:val="007914DC"/>
     <w:rsid w:val="007969D7"/>
     <w:rsid w:val="00796F2D"/>
     <w:rsid w:val="007A22B6"/>
     <w:rsid w:val="007A2FB2"/>
     <w:rsid w:val="007A5D08"/>
     <w:rsid w:val="007A6E2A"/>
     <w:rsid w:val="007A7FFB"/>
     <w:rsid w:val="007B0C0A"/>
     <w:rsid w:val="007B1F05"/>
     <w:rsid w:val="007B6D5B"/>
+    <w:rsid w:val="007C122E"/>
     <w:rsid w:val="007C15BE"/>
     <w:rsid w:val="007C2C8F"/>
     <w:rsid w:val="007C6AFD"/>
     <w:rsid w:val="007D1585"/>
     <w:rsid w:val="007D2E8A"/>
     <w:rsid w:val="007D4ED2"/>
     <w:rsid w:val="007D55AC"/>
     <w:rsid w:val="007D5AB3"/>
     <w:rsid w:val="007D6F67"/>
     <w:rsid w:val="007E091C"/>
     <w:rsid w:val="007E539E"/>
     <w:rsid w:val="007E56D3"/>
     <w:rsid w:val="007E76C0"/>
     <w:rsid w:val="007F0FF7"/>
     <w:rsid w:val="007F18E6"/>
     <w:rsid w:val="007F22E6"/>
     <w:rsid w:val="007F2843"/>
     <w:rsid w:val="007F6660"/>
     <w:rsid w:val="007F6F32"/>
     <w:rsid w:val="007F7146"/>
     <w:rsid w:val="00800C9B"/>
     <w:rsid w:val="008020EE"/>
     <w:rsid w:val="00802502"/>
     <w:rsid w:val="00805310"/>
     <w:rsid w:val="008074EA"/>
@@ -22130,50 +23135,51 @@
     <w:rsid w:val="008331F4"/>
     <w:rsid w:val="00835AAA"/>
     <w:rsid w:val="0083603D"/>
     <w:rsid w:val="00836194"/>
     <w:rsid w:val="008362A0"/>
     <w:rsid w:val="00836468"/>
     <w:rsid w:val="00842960"/>
     <w:rsid w:val="00852E0C"/>
     <w:rsid w:val="00852F69"/>
     <w:rsid w:val="00853C01"/>
     <w:rsid w:val="008562EE"/>
     <w:rsid w:val="0085773E"/>
     <w:rsid w:val="00857FE9"/>
     <w:rsid w:val="00860BDB"/>
     <w:rsid w:val="00862A13"/>
     <w:rsid w:val="00862ED4"/>
     <w:rsid w:val="00863430"/>
     <w:rsid w:val="008636F4"/>
     <w:rsid w:val="00873650"/>
     <w:rsid w:val="00873D12"/>
     <w:rsid w:val="00875441"/>
     <w:rsid w:val="008761D2"/>
     <w:rsid w:val="0088144D"/>
     <w:rsid w:val="00881C49"/>
     <w:rsid w:val="00882709"/>
+    <w:rsid w:val="00883333"/>
     <w:rsid w:val="00886D3C"/>
     <w:rsid w:val="00887F2C"/>
     <w:rsid w:val="00896B0F"/>
     <w:rsid w:val="00896CFA"/>
     <w:rsid w:val="008A7377"/>
     <w:rsid w:val="008A7428"/>
     <w:rsid w:val="008B06B1"/>
     <w:rsid w:val="008B0E73"/>
     <w:rsid w:val="008B1914"/>
     <w:rsid w:val="008B4779"/>
     <w:rsid w:val="008B6459"/>
     <w:rsid w:val="008C136B"/>
     <w:rsid w:val="008C1A0D"/>
     <w:rsid w:val="008C24BF"/>
     <w:rsid w:val="008C35C4"/>
     <w:rsid w:val="008C381F"/>
     <w:rsid w:val="008C4BB6"/>
     <w:rsid w:val="008C7005"/>
     <w:rsid w:val="008C7FDA"/>
     <w:rsid w:val="008D0F18"/>
     <w:rsid w:val="008D21F1"/>
     <w:rsid w:val="008D247A"/>
     <w:rsid w:val="008D263D"/>
     <w:rsid w:val="008D364A"/>
     <w:rsid w:val="008D3AF1"/>
@@ -22211,54 +23217,56 @@
     <w:rsid w:val="00925ADC"/>
     <w:rsid w:val="00925B28"/>
     <w:rsid w:val="0092677E"/>
     <w:rsid w:val="00930037"/>
     <w:rsid w:val="00930E17"/>
     <w:rsid w:val="00934668"/>
     <w:rsid w:val="0093502D"/>
     <w:rsid w:val="00937A7D"/>
     <w:rsid w:val="00942B64"/>
     <w:rsid w:val="00943E5A"/>
     <w:rsid w:val="00945A95"/>
     <w:rsid w:val="00946E4B"/>
     <w:rsid w:val="00951562"/>
     <w:rsid w:val="00951765"/>
     <w:rsid w:val="00953E53"/>
     <w:rsid w:val="00957EEC"/>
     <w:rsid w:val="00962F2F"/>
     <w:rsid w:val="00964337"/>
     <w:rsid w:val="00964AC0"/>
     <w:rsid w:val="00966911"/>
     <w:rsid w:val="00966980"/>
     <w:rsid w:val="00966FBD"/>
     <w:rsid w:val="00967758"/>
     <w:rsid w:val="0096795E"/>
     <w:rsid w:val="00972D0A"/>
+    <w:rsid w:val="00973A90"/>
     <w:rsid w:val="00977C4D"/>
     <w:rsid w:val="0098031F"/>
     <w:rsid w:val="00980498"/>
     <w:rsid w:val="0098190A"/>
+    <w:rsid w:val="0098197D"/>
     <w:rsid w:val="00983023"/>
     <w:rsid w:val="00983D06"/>
     <w:rsid w:val="00983DB2"/>
     <w:rsid w:val="00987779"/>
     <w:rsid w:val="00990C64"/>
     <w:rsid w:val="00993332"/>
     <w:rsid w:val="009937DA"/>
     <w:rsid w:val="00995339"/>
     <w:rsid w:val="009A0FEE"/>
     <w:rsid w:val="009A1EBB"/>
     <w:rsid w:val="009A4B23"/>
     <w:rsid w:val="009A75D1"/>
     <w:rsid w:val="009B1F08"/>
     <w:rsid w:val="009B3363"/>
     <w:rsid w:val="009B5F1B"/>
     <w:rsid w:val="009B6EEC"/>
     <w:rsid w:val="009B70AD"/>
     <w:rsid w:val="009C15B8"/>
     <w:rsid w:val="009C1A0A"/>
     <w:rsid w:val="009C5C19"/>
     <w:rsid w:val="009C5C69"/>
     <w:rsid w:val="009C7A99"/>
     <w:rsid w:val="009C7BA8"/>
     <w:rsid w:val="009D0BBF"/>
     <w:rsid w:val="009D15EC"/>
@@ -22354,50 +23362,51 @@
     <w:rsid w:val="00B36643"/>
     <w:rsid w:val="00B36644"/>
     <w:rsid w:val="00B41ABB"/>
     <w:rsid w:val="00B42B16"/>
     <w:rsid w:val="00B44BB2"/>
     <w:rsid w:val="00B45A68"/>
     <w:rsid w:val="00B46047"/>
     <w:rsid w:val="00B46697"/>
     <w:rsid w:val="00B467BE"/>
     <w:rsid w:val="00B47361"/>
     <w:rsid w:val="00B53540"/>
     <w:rsid w:val="00B53691"/>
     <w:rsid w:val="00B54484"/>
     <w:rsid w:val="00B603EA"/>
     <w:rsid w:val="00B60587"/>
     <w:rsid w:val="00B6076A"/>
     <w:rsid w:val="00B6185A"/>
     <w:rsid w:val="00B64BDC"/>
     <w:rsid w:val="00B6507F"/>
     <w:rsid w:val="00B65B63"/>
     <w:rsid w:val="00B665E2"/>
     <w:rsid w:val="00B67157"/>
     <w:rsid w:val="00B7114D"/>
     <w:rsid w:val="00B71251"/>
     <w:rsid w:val="00B73A9D"/>
+    <w:rsid w:val="00B73AB1"/>
     <w:rsid w:val="00B7558C"/>
     <w:rsid w:val="00B756B3"/>
     <w:rsid w:val="00B765D8"/>
     <w:rsid w:val="00B767B8"/>
     <w:rsid w:val="00B76C13"/>
     <w:rsid w:val="00B7737D"/>
     <w:rsid w:val="00B8115B"/>
     <w:rsid w:val="00B83A59"/>
     <w:rsid w:val="00B84A34"/>
     <w:rsid w:val="00B871B4"/>
     <w:rsid w:val="00B949B7"/>
     <w:rsid w:val="00B94A56"/>
     <w:rsid w:val="00B94BCB"/>
     <w:rsid w:val="00B9528D"/>
     <w:rsid w:val="00B95453"/>
     <w:rsid w:val="00B95B4D"/>
     <w:rsid w:val="00BA0C14"/>
     <w:rsid w:val="00BA1F96"/>
     <w:rsid w:val="00BA2474"/>
     <w:rsid w:val="00BA28DF"/>
     <w:rsid w:val="00BA7814"/>
     <w:rsid w:val="00BA785E"/>
     <w:rsid w:val="00BB7550"/>
     <w:rsid w:val="00BB7CB1"/>
     <w:rsid w:val="00BC0FF8"/>
@@ -22569,50 +23578,51 @@
     <w:rsid w:val="00DA2339"/>
     <w:rsid w:val="00DA470F"/>
     <w:rsid w:val="00DA678F"/>
     <w:rsid w:val="00DA694C"/>
     <w:rsid w:val="00DA7ADF"/>
     <w:rsid w:val="00DB064C"/>
     <w:rsid w:val="00DB62B8"/>
     <w:rsid w:val="00DB6652"/>
     <w:rsid w:val="00DC0851"/>
     <w:rsid w:val="00DC0C0F"/>
     <w:rsid w:val="00DC1080"/>
     <w:rsid w:val="00DC122A"/>
     <w:rsid w:val="00DC3B2D"/>
     <w:rsid w:val="00DC3D82"/>
     <w:rsid w:val="00DC5200"/>
     <w:rsid w:val="00DC5AD1"/>
     <w:rsid w:val="00DC6135"/>
     <w:rsid w:val="00DC6170"/>
     <w:rsid w:val="00DC649A"/>
     <w:rsid w:val="00DC7094"/>
     <w:rsid w:val="00DC7E8F"/>
     <w:rsid w:val="00DD005E"/>
     <w:rsid w:val="00DD1518"/>
     <w:rsid w:val="00DD19A8"/>
     <w:rsid w:val="00DD4122"/>
+    <w:rsid w:val="00DD41DF"/>
     <w:rsid w:val="00DD6087"/>
     <w:rsid w:val="00DD665D"/>
     <w:rsid w:val="00DE1DB5"/>
     <w:rsid w:val="00DE306E"/>
     <w:rsid w:val="00DE3306"/>
     <w:rsid w:val="00DE5AE6"/>
     <w:rsid w:val="00DF00D0"/>
     <w:rsid w:val="00DF09D2"/>
     <w:rsid w:val="00DF18B3"/>
     <w:rsid w:val="00DF1C86"/>
     <w:rsid w:val="00DF2137"/>
     <w:rsid w:val="00DF4048"/>
     <w:rsid w:val="00DF53FF"/>
     <w:rsid w:val="00DF6377"/>
     <w:rsid w:val="00DF672C"/>
     <w:rsid w:val="00DF6850"/>
     <w:rsid w:val="00E04448"/>
     <w:rsid w:val="00E05F3E"/>
     <w:rsid w:val="00E1061A"/>
     <w:rsid w:val="00E1412F"/>
     <w:rsid w:val="00E143E8"/>
     <w:rsid w:val="00E146AE"/>
     <w:rsid w:val="00E155F0"/>
     <w:rsid w:val="00E15D7F"/>
     <w:rsid w:val="00E2364A"/>
@@ -22706,86 +23716,89 @@
     <w:rsid w:val="00F45D12"/>
     <w:rsid w:val="00F46FEF"/>
     <w:rsid w:val="00F47EF7"/>
     <w:rsid w:val="00F50363"/>
     <w:rsid w:val="00F519F2"/>
     <w:rsid w:val="00F51A96"/>
     <w:rsid w:val="00F53C4F"/>
     <w:rsid w:val="00F53F07"/>
     <w:rsid w:val="00F55915"/>
     <w:rsid w:val="00F60C16"/>
     <w:rsid w:val="00F61B67"/>
     <w:rsid w:val="00F6235D"/>
     <w:rsid w:val="00F63361"/>
     <w:rsid w:val="00F64D6B"/>
     <w:rsid w:val="00F65DE8"/>
     <w:rsid w:val="00F65FF8"/>
     <w:rsid w:val="00F6654F"/>
     <w:rsid w:val="00F6768C"/>
     <w:rsid w:val="00F67F91"/>
     <w:rsid w:val="00F703FB"/>
     <w:rsid w:val="00F705E6"/>
     <w:rsid w:val="00F71487"/>
     <w:rsid w:val="00F72347"/>
     <w:rsid w:val="00F73056"/>
     <w:rsid w:val="00F739D2"/>
+    <w:rsid w:val="00F73B93"/>
     <w:rsid w:val="00F73DAE"/>
     <w:rsid w:val="00F744E3"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F77C83"/>
     <w:rsid w:val="00F803CA"/>
     <w:rsid w:val="00F808AD"/>
     <w:rsid w:val="00F80D28"/>
     <w:rsid w:val="00F82B95"/>
     <w:rsid w:val="00F82D37"/>
     <w:rsid w:val="00F83688"/>
     <w:rsid w:val="00F860FB"/>
     <w:rsid w:val="00F867FC"/>
     <w:rsid w:val="00F91893"/>
     <w:rsid w:val="00F92746"/>
     <w:rsid w:val="00F92FC9"/>
     <w:rsid w:val="00FA0E96"/>
     <w:rsid w:val="00FA1626"/>
     <w:rsid w:val="00FA1EE8"/>
     <w:rsid w:val="00FA4248"/>
     <w:rsid w:val="00FA4402"/>
     <w:rsid w:val="00FA4B60"/>
     <w:rsid w:val="00FA4C58"/>
     <w:rsid w:val="00FA6648"/>
     <w:rsid w:val="00FB15A8"/>
     <w:rsid w:val="00FB4C3F"/>
+    <w:rsid w:val="00FC0614"/>
     <w:rsid w:val="00FC1918"/>
     <w:rsid w:val="00FC2517"/>
     <w:rsid w:val="00FC4BC7"/>
     <w:rsid w:val="00FC4D7E"/>
     <w:rsid w:val="00FD03CA"/>
     <w:rsid w:val="00FD05E4"/>
     <w:rsid w:val="00FD0868"/>
     <w:rsid w:val="00FD0D8A"/>
     <w:rsid w:val="00FD0E7C"/>
     <w:rsid w:val="00FD19AB"/>
     <w:rsid w:val="00FD2BFB"/>
+    <w:rsid w:val="00FD509B"/>
     <w:rsid w:val="00FD5E2C"/>
     <w:rsid w:val="00FD6591"/>
     <w:rsid w:val="00FD7722"/>
     <w:rsid w:val="00FE0354"/>
     <w:rsid w:val="00FE1DE8"/>
     <w:rsid w:val="00FE2224"/>
     <w:rsid w:val="00FE3F1E"/>
     <w:rsid w:val="00FE3F53"/>
     <w:rsid w:val="00FE4209"/>
     <w:rsid w:val="00FE438D"/>
     <w:rsid w:val="00FE51F2"/>
     <w:rsid w:val="00FE5C04"/>
     <w:rsid w:val="00FF394C"/>
     <w:rsid w:val="00FF3F72"/>
     <w:rsid w:val="00FF7802"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -23184,75 +24197,76 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00057154"/>
+    <w:rsid w:val="00973A90"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00270011"/>
+    <w:rsid w:val="00883333"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="60"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="49600D" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00517C9A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="80" w:after="60" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
@@ -23297,51 +24311,50 @@
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C5426"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:qFormat/>
     <w:rsid w:val="00E542B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="60"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
@@ -23393,53 +24406,53 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="00270011"/>
+    <w:rsid w:val="00883333"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="49600D" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00517C9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -23878,51 +24891,50 @@
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List6">
     <w:name w:val="List 6"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00907494"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D317CF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D317CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00907494"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
@@ -24627,53 +25639,50 @@
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nootje">
     <w:name w:val="Nootje"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D37BCE"/>
     <w:pPr>
       <w:spacing w:before="60"/>
       <w:ind w:left="68" w:hanging="68"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0098031F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005114C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
@@ -24870,1117 +25879,1118 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7576EAA-3EB5-486E-A871-FC7C3AA8625B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005827F2" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="005827F2" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="2CCCA25A63DF4C348F5D6CF02D648A8A1"/>
+            <w:pStyle w:val="2CCCA25A63DF4C348F5D6CF02D648A8A2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDD11C7F-B3BF-410B-A774-694DA0758F10}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="A2C0293A21B4499FA5618CE7693ADBB01"/>
+            <w:pStyle w:val="A2C0293A21B4499FA5618CE7693ADBB02"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B270439F84644240BE9DA37E5F08D927"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2CC87818-3283-47D0-9831-4F6BF4A8D412}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0032298E" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="0032298E" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="B270439F84644240BE9DA37E5F08D9271"/>
+            <w:pStyle w:val="B270439F84644240BE9DA37E5F08D9272"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3479D98949F14544BB1CC4EE586E8993"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5A045033-25C4-4895-AC30-BA87605B4632}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E67FE3" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00E67FE3" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="3479D98949F14544BB1CC4EE586E89931"/>
+            <w:pStyle w:val="3479D98949F14544BB1CC4EE586E89932"/>
           </w:pPr>
           <w:r w:rsidRPr="00DE306E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3B7B6EF232D34E01A5DDC96BCAD47306"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{31978918-A0D5-4257-9BF9-8CA90007F1A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="3B7B6EF232D34E01A5DDC96BCAD473061"/>
+            <w:pStyle w:val="3B7B6EF232D34E01A5DDC96BCAD473062"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00034C1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F29E38E7449A46E9B229A517D2241AD5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FCE15AE4-BA8C-4D3B-92F4-6455AC836A81}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="F29E38E7449A46E9B229A517D2241AD51"/>
+            <w:pStyle w:val="F29E38E7449A46E9B229A517D2241AD52"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="80FA43F3F05844AAAEED9B628222A220"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBC5EC66-B6A7-4F4B-AD66-7635CEFB23D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="80FA43F3F05844AAAEED9B628222A2201"/>
+            <w:pStyle w:val="80FA43F3F05844AAAEED9B628222A2202"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00034C1A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CCCF1AC306AA422DBA61459602054D54"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8F4917C5-9DF3-4A50-8DC4-D6C9AED5368B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="CCCF1AC306AA422DBA61459602054D541"/>
+            <w:pStyle w:val="CCCF1AC306AA422DBA61459602054D542"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ADB0249A8057442398AFC873704D7861"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AD9851A-6217-4F86-9B03-D54BEDC414C6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="ADB0249A8057442398AFC873704D78611"/>
+            <w:pStyle w:val="ADB0249A8057442398AFC873704D78612"/>
           </w:pPr>
           <w:r w:rsidRPr="00226FCC">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BF2296CF61D1431A86810A8A99B39CCD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D3DDB985-1908-4FB3-93B4-F1CD9F682731}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="BF2296CF61D1431A86810A8A99B39CCD1"/>
+            <w:pStyle w:val="BF2296CF61D1431A86810A8A99B39CCD2"/>
           </w:pPr>
           <w:r w:rsidRPr="00574147">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="96B9806F951F405AAD4522C36FC2F177"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BE78E8AD-4A1D-42B0-BB66-DF6886D0BF90}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="96B9806F951F405AAD4522C36FC2F1771"/>
+            <w:pStyle w:val="96B9806F951F405AAD4522C36FC2F1772"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C7033126316B4197995FE364D2563ECD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ACBA233A-C160-4773-8F9E-6EE9A32EC00F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="002F205E">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="002F205E">
           <w:pPr>
             <w:pStyle w:val="C7033126316B4197995FE364D2563ECD"/>
           </w:pPr>
           <w:r w:rsidRPr="009B1F08">
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37A93D3CD36A41489A130D09DE8D90CC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{479C6CFF-5D9B-4FA8-8212-B99A2551CC54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="002F205E">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="002F205E">
           <w:pPr>
             <w:pStyle w:val="37A93D3CD36A41489A130D09DE8D90CC"/>
           </w:pPr>
           <w:r w:rsidRPr="009B1F08">
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D5D1AB7F0D684087A689066F0DB280DF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F4958773-EA10-424D-872B-1E5CE7FB7A76}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="002F205E">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="002F205E">
           <w:pPr>
             <w:pStyle w:val="D5D1AB7F0D684087A689066F0DB280DF"/>
           </w:pPr>
           <w:r w:rsidRPr="009B1F08">
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4C2718AF6CE84DA2AE909CC6E927161B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{80E0696F-E52A-4755-B083-2F63ED70E6B3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="002F205E">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="002F205E">
           <w:pPr>
             <w:pStyle w:val="4C2718AF6CE84DA2AE909CC6E927161B"/>
           </w:pPr>
           <w:r w:rsidRPr="009B1F08">
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8A22C06E98D142A08F329840C27D13A1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CAACD258-1A88-465D-BAFB-505E7C92243B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00482A5B" w:rsidRDefault="005D4725" w:rsidP="002F205E">
+        <w:p w:rsidR="00482A5B" w:rsidRDefault="00482C36" w:rsidP="002F205E">
           <w:pPr>
             <w:pStyle w:val="8A22C06E98D142A08F329840C27D13A1"/>
           </w:pPr>
           <w:r w:rsidRPr="009B1F08">
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="555690D867C14729A76A767516061C10"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93F7C675-2E41-48CC-9A62-FDE76EF21F1B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A117FA" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00A117FA" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="555690D867C14729A76A767516061C101"/>
+            <w:pStyle w:val="555690D867C14729A76A767516061C102"/>
           </w:pPr>
           <w:r w:rsidRPr="00DD6EBC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Click here to insert t</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>ext</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF55623826BC4381BD5C9FEDF8BF6D18"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{688D616E-953A-4B9B-9226-2E0991ED34A2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A117FA" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00A117FA" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="DF55623826BC4381BD5C9FEDF8BF6D181"/>
+            <w:pStyle w:val="DF55623826BC4381BD5C9FEDF8BF6D182"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Name</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C1B5C994E49348208D32F62CA7B07E28"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33116AA3-87F5-43E3-841D-C18DE34CE275}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A117FA" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00A117FA" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="C1B5C994E49348208D32F62CA7B07E281"/>
+            <w:pStyle w:val="C1B5C994E49348208D32F62CA7B07E282"/>
           </w:pPr>
           <w:r w:rsidRPr="00AD1C76">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6B95F14EBCAD49599AD98C6547A8EC4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2DD4C743-8CE0-488E-B4D5-D6101516319F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A117FA" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00A117FA" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="6B95F14EBCAD49599AD98C6547A8EC4D1"/>
+            <w:pStyle w:val="6B95F14EBCAD49599AD98C6547A8EC4D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00AD1C76">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8948D7B33EEA4122B056ACAF070B1777"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1A86C7C7-D6DF-4CF9-9D2D-03DD07EC235E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A117FA" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00A117FA" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="8948D7B33EEA4122B056ACAF070B17771"/>
+            <w:pStyle w:val="8948D7B33EEA4122B056ACAF070B17772"/>
           </w:pPr>
           <w:r w:rsidRPr="00AD1C76">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A11830E89334438E80B56975C5B63C64"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{598D5EB1-01E0-45BA-A737-C448CDC676D0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008340C5" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="008340C5" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="A11830E89334438E80B56975C5B63C641"/>
+            <w:pStyle w:val="A11830E89334438E80B56975C5B63C642"/>
           </w:pPr>
           <w:r w:rsidRPr="009937DA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0FE10681B6C4EEDB330391AAB8884F6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F5CCF578-8BC8-4F63-973E-47F2D83FBD0D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008340C5" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="008340C5" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="B0FE10681B6C4EEDB330391AAB8884F61"/>
+            <w:pStyle w:val="B0FE10681B6C4EEDB330391AAB8884F62"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="005C1F0D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
-              <w:color w:val="FF0000"/>
-              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1553935F29B243A482191C888D997F5B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D9CD53DD-CB0D-4BFF-9AC7-B89673FBD32B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005D4725" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="005D4725" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="1553935F29B243A482191C888D997F5B2"/>
+            <w:pStyle w:val="1553935F29B243A482191C888D997F5B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00915DA2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB4F6578E6CB487C8FDD5A9F8FC68855"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{980D047B-65BD-4CFD-92C8-0A6529F48921}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005D4725" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="005D4725" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="CB4F6578E6CB487C8FDD5A9F8FC688552"/>
+            <w:pStyle w:val="CB4F6578E6CB487C8FDD5A9F8FC688551"/>
           </w:pPr>
           <w:r w:rsidRPr="00915DA2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F288C5B124A14249835E6F85B4B90166"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1FDF6CB5-E415-4FC7-A3BC-C89534367A5B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="F288C5B124A14249835E6F85B4B901662"/>
+            <w:pStyle w:val="F288C5B124A14249835E6F85B4B901661"/>
           </w:pPr>
           <w:r w:rsidRPr="00AB19DA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9802D5FA23140B68002525461897D43"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D20FCCA-2283-4202-8A82-982302F7F016}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="C9802D5FA23140B68002525461897D432"/>
+            <w:pStyle w:val="C9802D5FA23140B68002525461897D431"/>
           </w:pPr>
           <w:r w:rsidRPr="00AB19DA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C690070178B44BB8A3009F631367C1C6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7EEBED88-8DFF-45A8-982D-5629C231EDAF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="C690070178B44BB8A3009F631367C1C62"/>
+            <w:pStyle w:val="C690070178B44BB8A3009F631367C1C61"/>
           </w:pPr>
           <w:r w:rsidRPr="000260E8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>na</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>me</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DE727458E7744F839C05293B3BEF53E4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2B9ACD2F-EF9D-4A22-B72D-B18A2F4D94CD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="DE727458E7744F839C05293B3BEF53E42"/>
+            <w:pStyle w:val="DE727458E7744F839C05293B3BEF53E41"/>
           </w:pPr>
           <w:r w:rsidRPr="003A1E40">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F3A775ADC7C24388BFE93614822C8780"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3636E790-1F4B-49E9-9FEA-E379C08D645F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="F3A775ADC7C24388BFE93614822C87802"/>
+            <w:pStyle w:val="F3A775ADC7C24388BFE93614822C87801"/>
           </w:pPr>
           <w:r w:rsidRPr="00226FCC">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DFD390879A9A48DD947D7B2F891FF706"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0B73F97E-FE7A-4A9E-B418-C9EE8DD7CA87}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="DFD390879A9A48DD947D7B2F891FF7062"/>
+            <w:pStyle w:val="DFD390879A9A48DD947D7B2F891FF7061"/>
           </w:pPr>
           <w:r w:rsidRPr="00226FCC">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="47A47683E72441CF9D756F990952BE9B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0DFF2DCB-350D-47CE-B92D-3F2A85609748}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="47A47683E72441CF9D756F990952BE9B2"/>
+            <w:pStyle w:val="47A47683E72441CF9D756F990952BE9B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00226FCC">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F97780075C2E458C89FE6FE202BE0E2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B9E5192A-0EB8-4244-B012-730AB3B8176A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="F97780075C2E458C89FE6FE202BE0E2E2"/>
+            <w:pStyle w:val="F97780075C2E458C89FE6FE202BE0E2E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00226FCC">
             <w:rPr>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9F76F9B230745408A077B5D93B4294F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2E59F2D-CD88-4744-9145-1E882DD06B30}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="C9F76F9B230745408A077B5D93B4294F2"/>
+            <w:pStyle w:val="C9F76F9B230745408A077B5D93B4294F1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C704E3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>IG-nummer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B4C0DE9642084BBFA4664C7701556DBC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3267FA6-9C59-432B-A328-2CB4828B15D0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="B4C0DE9642084BBFA4664C7701556DBC2"/>
+            <w:pStyle w:val="B4C0DE9642084BBFA4664C7701556DBC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C704E3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>IG-nummer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8049E0B7A3F140FBA1DD0B321BFBCE66"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E375106F-1242-4E3C-82BB-54CF930C21DF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="8049E0B7A3F140FBA1DD0B321BFBCE662"/>
+            <w:pStyle w:val="8049E0B7A3F140FBA1DD0B321BFBCE661"/>
           </w:pPr>
           <w:r w:rsidRPr="00D719A1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
-              <w:bCs/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B72286D5AF0846CFAAC52BB3882F1D00"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C3B39733-85E7-48BE-8B8F-AE3352105E34}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
           <w:pPr>
             <w:pStyle w:val="B72286D5AF0846CFAAC52BB3882F1D00"/>
@@ -26109,239 +27119,237 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B6FAD2711A1F4B3CA37A7AFCB18ED101"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F806362A-8300-44A5-8B6D-9365CD24C687}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="B6FAD2711A1F4B3CA37A7AFCB18ED1011"/>
+            <w:pStyle w:val="B6FAD2711A1F4B3CA37A7AFCB18ED1012"/>
           </w:pPr>
           <w:r w:rsidRPr="00145D1F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
-              <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2FBC25F59877436EB2AFE8283CE24F8A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DF495D73-D3E6-411E-B373-567E12893AAC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="2FBC25F59877436EB2AFE8283CE24F8A1"/>
+            <w:pStyle w:val="2FBC25F59877436EB2AFE8283CE24F8A2"/>
           </w:pPr>
           <w:r w:rsidRPr="00145D1F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
-              <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F78985B650647DE8876A5A5B9002BDC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{656B0F7D-D928-49B9-8217-797B8C48D774}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="1F78985B650647DE8876A5A5B9002BDC1"/>
+            <w:pStyle w:val="1F78985B650647DE8876A5A5B9002BDC2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75B426DC1D9F483586EC399016DC9FDD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BF51658-E4EB-499B-AA7D-563A50721FFB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="75B426DC1D9F483586EC399016DC9FDD1"/>
+            <w:pStyle w:val="75B426DC1D9F483586EC399016DC9FDD2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B13548643EA84A79B3FEEB532B0DCB46"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27C1BCD7-0FE2-477C-8337-8FDE72BB9350}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="B13548643EA84A79B3FEEB532B0DCB46"/>
+            <w:pStyle w:val="B13548643EA84A79B3FEEB532B0DCB462"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Sex</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB87495C043E436BA256FF861F0DCE64"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF82339B-24EE-4A04-BF5A-55066AD1AF8A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="DB87495C043E436BA256FF861F0DCE64"/>
+            <w:pStyle w:val="DB87495C043E436BA256FF861F0DCE642"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Genotype</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E963D256871F4FFEBA3277777182BE1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5CCE5890-5CF8-446E-AF01-CB4671D68961}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="E963D256871F4FFEBA3277777182BE1D"/>
+            <w:pStyle w:val="E963D256871F4FFEBA3277777182BE1D2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Sex</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F6AFF24D546A495B974DF9C2B28A4700"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{92258E87-DCD3-49F6-87AE-7C625F06976A}"/>
@@ -26355,453 +27363,453 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="178FF084E61744ADB1B2A0354A7DD83A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B1F04142-520C-47B3-BE06-87741B9E093E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="178FF084E61744ADB1B2A0354A7DD83A"/>
+            <w:pStyle w:val="178FF084E61744ADB1B2A0354A7DD83A2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Genotype</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3047EFFF2FE34B56AB049CE4F5974E64"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FB435D44-06A8-45FE-9722-7F944147DDC1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="3047EFFF2FE34B56AB049CE4F5974E64"/>
+            <w:pStyle w:val="3047EFFF2FE34B56AB049CE4F5974E642"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7D267CF33EF14A12A45A713320783F32"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{72DB0F36-E27A-4E34-B9AA-DE5400288CB1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="7D267CF33EF14A12A45A713320783F32"/>
+            <w:pStyle w:val="7D267CF33EF14A12A45A713320783F322"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Stam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F8F4122ED7F4BAD981204248567993C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{55E17347-5883-4848-94AE-6E741689FCFD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="3F8F4122ED7F4BAD981204248567993C"/>
+            <w:pStyle w:val="3F8F4122ED7F4BAD981204248567993C2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Stam</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6933EE148BAD445AB2BEF9F426860560"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{199F517C-BEAC-4065-80BE-9DC2FD0BE49F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="6933EE148BAD445AB2BEF9F426860560"/>
+            <w:pStyle w:val="6933EE148BAD445AB2BEF9F4268605602"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F694EA18BED64DE095DA1FA0F3C9DA58"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DFAD9F6B-08E1-46A3-B4FD-5FEDCD80305A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="F694EA18BED64DE095DA1FA0F3C9DA58"/>
+            <w:pStyle w:val="F694EA18BED64DE095DA1FA0F3C9DA582"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="03FBAA8006F348F4810DF5A01EF35547"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CBB7F436-F94B-4E02-8FA7-CBDB980B7783}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="03FBAA8006F348F4810DF5A01EF35547"/>
+            <w:pStyle w:val="03FBAA8006F348F4810DF5A01EF355472"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B3147BB72C74FD9B14B6B0A6626A21C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0502EEC0-0B8B-426A-AEC6-CCFAAF421CCB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="9B3147BB72C74FD9B14B6B0A6626A21C"/>
+            <w:pStyle w:val="9B3147BB72C74FD9B14B6B0A6626A21C2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ADCC08C0BB4C45B2901890D90157EBE9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{430FC89E-C687-490A-A4E7-197FA5E26E91}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="ADCC08C0BB4C45B2901890D90157EBE9"/>
+            <w:pStyle w:val="ADCC08C0BB4C45B2901890D90157EBE92"/>
           </w:pPr>
           <w:r w:rsidRPr="00234217">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Klik om in te vullen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E59585E0DC834ACDB7DB14F4882E1A3D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{68F4C0A6-0B1D-4137-9D5B-F92B50F7FA25}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="E59585E0DC834ACDB7DB14F4882E1A3D"/>
+            <w:pStyle w:val="E59585E0DC834ACDB7DB14F4882E1A3D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00234217">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
             </w:rPr>
             <w:t>Klik om in te vullen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0D716C08-8FEB-40B2-8794-BE669065C752}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D5"/>
+            <w:pStyle w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D52"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7F8BEC308F794BC68D1BBBCC94855470"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4ED1840A-E8FC-4378-8F7C-8DC6EEE0CE2E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="7F8BEC308F794BC68D1BBBCC94855470"/>
+            <w:pStyle w:val="7F8BEC308F794BC68D1BBBCC948554702"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="73C723EDE2CC41F4BF5857A5F0F9232A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{39616CFB-1630-490D-88C0-7C92675D91E8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="73C723EDE2CC41F4BF5857A5F0F9232A"/>
+            <w:pStyle w:val="73C723EDE2CC41F4BF5857A5F0F9232A2"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EFF26252341A4722935E04548C869548"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8584A3B9-1880-4CA3-A181-12C249387A7A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00314D26" w:rsidRDefault="005D4725" w:rsidP="005D4725">
+        <w:p w:rsidR="00314D26" w:rsidRDefault="00482C36" w:rsidP="00482C36">
           <w:pPr>
-            <w:pStyle w:val="EFF26252341A4722935E04548C869548"/>
+            <w:pStyle w:val="EFF26252341A4722935E04548C8695482"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Vul in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -26847,111 +27855,120 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F08DE"/>
     <w:rsid w:val="0001706C"/>
     <w:rsid w:val="00056C20"/>
     <w:rsid w:val="00065EDC"/>
     <w:rsid w:val="0006651C"/>
     <w:rsid w:val="00083379"/>
     <w:rsid w:val="000F4AE1"/>
     <w:rsid w:val="001437C4"/>
     <w:rsid w:val="0019211B"/>
     <w:rsid w:val="001F08DE"/>
     <w:rsid w:val="00237499"/>
     <w:rsid w:val="00292E0A"/>
     <w:rsid w:val="002979FB"/>
     <w:rsid w:val="002F205E"/>
     <w:rsid w:val="00314D26"/>
     <w:rsid w:val="0032298E"/>
     <w:rsid w:val="0036039C"/>
     <w:rsid w:val="00482A5B"/>
+    <w:rsid w:val="00482C36"/>
     <w:rsid w:val="004E3B5E"/>
     <w:rsid w:val="004F6871"/>
     <w:rsid w:val="005827F2"/>
     <w:rsid w:val="005D4725"/>
     <w:rsid w:val="005E3257"/>
     <w:rsid w:val="005E5DD7"/>
     <w:rsid w:val="0068678C"/>
     <w:rsid w:val="00686866"/>
     <w:rsid w:val="007151ED"/>
     <w:rsid w:val="007159AD"/>
     <w:rsid w:val="007A6F82"/>
     <w:rsid w:val="007E5A08"/>
     <w:rsid w:val="008340C5"/>
     <w:rsid w:val="0086397C"/>
     <w:rsid w:val="00876A63"/>
     <w:rsid w:val="00883314"/>
     <w:rsid w:val="008A09BE"/>
+    <w:rsid w:val="008F4603"/>
     <w:rsid w:val="00A04526"/>
     <w:rsid w:val="00A117FA"/>
     <w:rsid w:val="00A250DE"/>
     <w:rsid w:val="00A91EE5"/>
     <w:rsid w:val="00AA7FD9"/>
     <w:rsid w:val="00B16058"/>
     <w:rsid w:val="00BA306A"/>
     <w:rsid w:val="00C8633B"/>
     <w:rsid w:val="00C8667F"/>
     <w:rsid w:val="00CB09B8"/>
     <w:rsid w:val="00CD17C9"/>
     <w:rsid w:val="00D11004"/>
     <w:rsid w:val="00DC34CF"/>
     <w:rsid w:val="00E011F6"/>
     <w:rsid w:val="00E12CD6"/>
     <w:rsid w:val="00E2157E"/>
     <w:rsid w:val="00E233E2"/>
     <w:rsid w:val="00E54531"/>
     <w:rsid w:val="00E67FE3"/>
     <w:rsid w:val="00F24693"/>
     <w:rsid w:val="00F35CF4"/>
     <w:rsid w:val="00F43B28"/>
     <w:rsid w:val="00F637E4"/>
     <w:rsid w:val="00F66F30"/>
     <w:rsid w:val="00FB4A16"/>
@@ -27387,51 +28404,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005D4725"/>
+    <w:rsid w:val="00482C36"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C7033126316B4197995FE364D2563ECD">
     <w:name w:val="C7033126316B4197995FE364D2563ECD"/>
     <w:rsid w:val="002F205E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="37A93D3CD36A41489A130D09DE8D90CC">
     <w:name w:val="37A93D3CD36A41489A130D09DE8D90CC"/>
     <w:rsid w:val="002F205E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5D1AB7F0D684087A689066F0DB280DF">
     <w:name w:val="D5D1AB7F0D684087A689066F0DB280DF"/>
     <w:rsid w:val="002F205E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C2718AF6CE84DA2AE909CC6E927161B">
     <w:name w:val="4C2718AF6CE84DA2AE909CC6E927161B"/>
     <w:rsid w:val="002F205E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A22C06E98D142A08F329840C27D13A1">
     <w:name w:val="8A22C06E98D142A08F329840C27D13A1"/>
     <w:rsid w:val="002F205E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B72286D5AF0846CFAAC52BB3882F1D00">
@@ -27452,618 +28469,686 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="45E0C476DB52447DA10218078D930C31">
     <w:name w:val="45E0C476DB52447DA10218078D930C31"/>
     <w:rsid w:val="005D4725"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE73E7B5E6C141E495B6D0D80EAF4D71">
     <w:name w:val="AE73E7B5E6C141E495B6D0D80EAF4D71"/>
     <w:rsid w:val="005D4725"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8744477174E48F7BD6D7316A0AFF322">
     <w:name w:val="A8744477174E48F7BD6D7316A0AFF322"/>
     <w:rsid w:val="005D4725"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F288C5B124A14249835E6F85B4B901662">
-    <w:name w:val="F288C5B124A14249835E6F85B4B901662"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6AFF24D546A495B974DF9C2B28A4700">
+    <w:name w:val="F6AFF24D546A495B974DF9C2B28A4700"/>
     <w:rsid w:val="005D4725"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F288C5B124A14249835E6F85B4B901661">
+    <w:name w:val="F288C5B124A14249835E6F85B4B901661"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9802D5FA23140B68002525461897D432">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9802D5FA23140B68002525461897D431">
+    <w:name w:val="C9802D5FA23140B68002525461897D431"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C690070178B44BB8A3009F631367C1C62">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C690070178B44BB8A3009F631367C1C61">
+    <w:name w:val="C690070178B44BB8A3009F631367C1C61"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CCCA25A63DF4C348F5D6CF02D648A8A1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CCCA25A63DF4C348F5D6CF02D648A8A2">
+    <w:name w:val="2CCCA25A63DF4C348F5D6CF02D648A8A2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A11830E89334438E80B56975C5B63C641">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A11830E89334438E80B56975C5B63C642">
+    <w:name w:val="A11830E89334438E80B56975C5B63C642"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF2296CF61D1431A86810A8A99B39CCD1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF2296CF61D1431A86810A8A99B39CCD2">
+    <w:name w:val="BF2296CF61D1431A86810A8A99B39CCD2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B7B6EF232D34E01A5DDC96BCAD473061">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B7B6EF232D34E01A5DDC96BCAD473062">
+    <w:name w:val="3B7B6EF232D34E01A5DDC96BCAD473062"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F29E38E7449A46E9B229A517D2241AD51">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F29E38E7449A46E9B229A517D2241AD52">
+    <w:name w:val="F29E38E7449A46E9B229A517D2241AD52"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80FA43F3F05844AAAEED9B628222A2201">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80FA43F3F05844AAAEED9B628222A2202">
+    <w:name w:val="80FA43F3F05844AAAEED9B628222A2202"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCCF1AC306AA422DBA61459602054D541">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCCF1AC306AA422DBA61459602054D542">
+    <w:name w:val="CCCF1AC306AA422DBA61459602054D542"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADB0249A8057442398AFC873704D78611">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADB0249A8057442398AFC873704D78612">
+    <w:name w:val="ADB0249A8057442398AFC873704D78612"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE727458E7744F839C05293B3BEF53E42">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE727458E7744F839C05293B3BEF53E41">
+    <w:name w:val="DE727458E7744F839C05293B3BEF53E41"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3A775ADC7C24388BFE93614822C87802">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3A775ADC7C24388BFE93614822C87801">
+    <w:name w:val="F3A775ADC7C24388BFE93614822C87801"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DFD390879A9A48DD947D7B2F891FF7062">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DFD390879A9A48DD947D7B2F891FF7061">
+    <w:name w:val="DFD390879A9A48DD947D7B2F891FF7061"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47A47683E72441CF9D756F990952BE9B2">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47A47683E72441CF9D756F990952BE9B1">
+    <w:name w:val="47A47683E72441CF9D756F990952BE9B1"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F97780075C2E458C89FE6FE202BE0E2E2">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F97780075C2E458C89FE6FE202BE0E2E1">
+    <w:name w:val="F97780075C2E458C89FE6FE202BE0E2E1"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="555690D867C14729A76A767516061C101">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="555690D867C14729A76A767516061C102">
+    <w:name w:val="555690D867C14729A76A767516061C102"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF55623826BC4381BD5C9FEDF8BF6D181">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF55623826BC4381BD5C9FEDF8BF6D182">
+    <w:name w:val="DF55623826BC4381BD5C9FEDF8BF6D182"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1B5C994E49348208D32F62CA7B07E281">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1B5C994E49348208D32F62CA7B07E282">
+    <w:name w:val="C1B5C994E49348208D32F62CA7B07E282"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B95F14EBCAD49599AD98C6547A8EC4D1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B95F14EBCAD49599AD98C6547A8EC4D2">
+    <w:name w:val="6B95F14EBCAD49599AD98C6547A8EC4D2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8948D7B33EEA4122B056ACAF070B17771">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8948D7B33EEA4122B056ACAF070B17772">
+    <w:name w:val="8948D7B33EEA4122B056ACAF070B17772"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0FE10681B6C4EEDB330391AAB8884F61">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0FE10681B6C4EEDB330391AAB8884F62">
+    <w:name w:val="B0FE10681B6C4EEDB330391AAB8884F62"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="180" w:after="60" w:line="190" w:lineRule="exact"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9F76F9B230745408A077B5D93B4294F2">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9F76F9B230745408A077B5D93B4294F1">
+    <w:name w:val="C9F76F9B230745408A077B5D93B4294F1"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B4C0DE9642084BBFA4664C7701556DBC2">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B4C0DE9642084BBFA4664C7701556DBC1">
+    <w:name w:val="B4C0DE9642084BBFA4664C7701556DBC1"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6FAD2711A1F4B3CA37A7AFCB18ED1011">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6FAD2711A1F4B3CA37A7AFCB18ED1012">
+    <w:name w:val="B6FAD2711A1F4B3CA37A7AFCB18ED1012"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FBC25F59877436EB2AFE8283CE24F8A1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FBC25F59877436EB2AFE8283CE24F8A2">
+    <w:name w:val="2FBC25F59877436EB2AFE8283CE24F8A2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1553935F29B243A482191C888D997F5B2">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1553935F29B243A482191C888D997F5B1">
+    <w:name w:val="1553935F29B243A482191C888D997F5B1"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB4F6578E6CB487C8FDD5A9F8FC688552">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB4F6578E6CB487C8FDD5A9F8FC688551">
+    <w:name w:val="CB4F6578E6CB487C8FDD5A9F8FC688551"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F78985B650647DE8876A5A5B9002BDC1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F78985B650647DE8876A5A5B9002BDC2">
+    <w:name w:val="1F78985B650647DE8876A5A5B9002BDC2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B426DC1D9F483586EC399016DC9FDD1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B426DC1D9F483586EC399016DC9FDD2">
+    <w:name w:val="75B426DC1D9F483586EC399016DC9FDD2"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B270439F84644240BE9DA37E5F08D9271">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B270439F84644240BE9DA37E5F08D9272">
+    <w:name w:val="B270439F84644240BE9DA37E5F08D9272"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2C0293A21B4499FA5618CE7693ADBB01">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2C0293A21B4499FA5618CE7693ADBB02">
+    <w:name w:val="A2C0293A21B4499FA5618CE7693ADBB02"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96B9806F951F405AAD4522C36FC2F1771">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96B9806F951F405AAD4522C36FC2F1772">
+    <w:name w:val="96B9806F951F405AAD4522C36FC2F1772"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8049E0B7A3F140FBA1DD0B321BFBCE662">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8049E0B7A3F140FBA1DD0B321BFBCE661">
+    <w:name w:val="8049E0B7A3F140FBA1DD0B321BFBCE661"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3479D98949F14544BB1CC4EE586E89931">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3479D98949F14544BB1CC4EE586E89932">
+    <w:name w:val="3479D98949F14544BB1CC4EE586E89932"/>
+    <w:rsid w:val="00482C36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B13548643EA84A79B3FEEB532B0DCB46">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B13548643EA84A79B3FEEB532B0DCB462">
+    <w:name w:val="B13548643EA84A79B3FEEB532B0DCB462"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB87495C043E436BA256FF861F0DCE64">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB87495C043E436BA256FF861F0DCE642">
+    <w:name w:val="DB87495C043E436BA256FF861F0DCE642"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E963D256871F4FFEBA3277777182BE1D">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E963D256871F4FFEBA3277777182BE1D2">
+    <w:name w:val="E963D256871F4FFEBA3277777182BE1D2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6AFF24D546A495B974DF9C2B28A4700">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="178FF084E61744ADB1B2A0354A7DD83A2">
+    <w:name w:val="178FF084E61744ADB1B2A0354A7DD83A2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="178FF084E61744ADB1B2A0354A7DD83A">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3047EFFF2FE34B56AB049CE4F5974E642">
+    <w:name w:val="3047EFFF2FE34B56AB049CE4F5974E642"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3047EFFF2FE34B56AB049CE4F5974E64">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D267CF33EF14A12A45A713320783F322">
+    <w:name w:val="7D267CF33EF14A12A45A713320783F322"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D267CF33EF14A12A45A713320783F32">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F8F4122ED7F4BAD981204248567993C2">
+    <w:name w:val="3F8F4122ED7F4BAD981204248567993C2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F8F4122ED7F4BAD981204248567993C">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6933EE148BAD445AB2BEF9F4268605602">
+    <w:name w:val="6933EE148BAD445AB2BEF9F4268605602"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6933EE148BAD445AB2BEF9F426860560">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F694EA18BED64DE095DA1FA0F3C9DA582">
+    <w:name w:val="F694EA18BED64DE095DA1FA0F3C9DA582"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F694EA18BED64DE095DA1FA0F3C9DA58">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03FBAA8006F348F4810DF5A01EF355472">
+    <w:name w:val="03FBAA8006F348F4810DF5A01EF355472"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03FBAA8006F348F4810DF5A01EF35547">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B3147BB72C74FD9B14B6B0A6626A21C2">
+    <w:name w:val="9B3147BB72C74FD9B14B6B0A6626A21C2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B3147BB72C74FD9B14B6B0A6626A21C">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADCC08C0BB4C45B2901890D90157EBE92">
+    <w:name w:val="ADCC08C0BB4C45B2901890D90157EBE92"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADCC08C0BB4C45B2901890D90157EBE9">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E59585E0DC834ACDB7DB14F4882E1A3D2">
+    <w:name w:val="E59585E0DC834ACDB7DB14F4882E1A3D2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E59585E0DC834ACDB7DB14F4882E1A3D">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DAFEE17D5A2B4A40AF7CEAF0447CD1D52">
+    <w:name w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D52"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DAFEE17D5A2B4A40AF7CEAF0447CD1D5">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F8BEC308F794BC68D1BBBCC948554702">
+    <w:name w:val="7F8BEC308F794BC68D1BBBCC948554702"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F8BEC308F794BC68D1BBBCC94855470">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73C723EDE2CC41F4BF5857A5F0F9232A2">
+    <w:name w:val="73C723EDE2CC41F4BF5857A5F0F9232A2"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73C723EDE2CC41F4BF5857A5F0F9232A">
-[...1 lines deleted...]
-    <w:rsid w:val="005D4725"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFF26252341A4722935E04548C8695482">
+    <w:name w:val="EFF26252341A4722935E04548C8695482"/>
+    <w:rsid w:val="00482C36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="190" w:lineRule="exact"/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
-[...8 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme IvD Utrecht">
   <a:themeElements>
     <a:clrScheme name="IvDspecial">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="935F7E"/>
       </a:dk2>
@@ -28274,74 +29359,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100047CB0933D0F3E4493010A88D9E0BD71" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1db36b1e21876317f7e09b3a00de0e50">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f7f05b2-b429-460e-a1bd-390c26808011" xmlns:ns3="5d46921d-56e8-4f57-a0d4-befe577d055d" xmlns:ns4="53df6a5f-9334-4503-a845-5e05459a4c71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d90ea237a7faab2078becf6bed2d0ea6" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <xsd:import namespace="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <xsd:import namespace="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -28563,136 +29637,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="53df6a5f-9334-4503-a845-5e05459a4c71" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2f7f05b2-b429-460e-a1bd-390c26808011">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2B72266-9438-4735-A872-8E0E88B000AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303FFDD7-1D7B-461B-B09F-6EF6C73E0F4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
-[...11 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73AEAE6C-3BAB-4F10-95BC-78DBBDFB8910}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <ds:schemaRef ds:uri="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
+    <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1820</Words>
-  <Characters>10012</Characters>
+  <Words>1822</Words>
+  <Characters>10022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Utrecht University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11809</CharactersWithSpaces>
+  <CharactersWithSpaces>11821</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jansen van Galen, L.J.C. (Lidewij)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100047CB0933D0F3E4493010A88D9E0BD71</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">