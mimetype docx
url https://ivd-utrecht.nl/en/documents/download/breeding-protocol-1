--- v1 (2026-01-17)
+++ v2 (2026-02-07)
@@ -1,64 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3605D310" w14:textId="5CEAE338" w:rsidR="00F239DD" w:rsidRPr="00934668" w:rsidRDefault="00934668" w:rsidP="00F64D6B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00934668">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="6E9013" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
@@ -338,74 +337,75 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>is evaluated with the study director, breeding co</w:t>
             </w:r>
             <w:r w:rsidR="005B00F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ordinator, breeding manager and IvDU</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DBD8BF4" w14:textId="18AA8342" w:rsidR="005C0E09" w:rsidRPr="00EE4624" w:rsidRDefault="00000000" w:rsidP="00EE4624">
+          <w:p w14:paraId="4DBD8BF4" w14:textId="18AA8342" w:rsidR="005C0E09" w:rsidRPr="00EE4624" w:rsidRDefault="001E70E5" w:rsidP="00EE4624">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-290054711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002721B1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00EE4624">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -471,50 +471,51 @@
             <w:r w:rsidR="00821F89" w:rsidRPr="00EE4624">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">up of the line by </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1741779575"/>
                 <w:placeholder>
                   <w:docPart w:val="F288C5B124A14249835E6F85B4B90166"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB19DA" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A710AC" w:rsidRPr="00B90CE5" w14:paraId="101F1CE0" w14:textId="77777777" w:rsidTr="00701D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
@@ -629,50 +630,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713FEB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Conclusion of work protocol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="184494782"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="287" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="33FD1BC5" w14:textId="244BC9CD" w:rsidR="00A710AC" w:rsidRPr="00C672F9" w:rsidRDefault="00A710AC" w:rsidP="002D1847">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -748,50 +750,51 @@
               <w:t>Da</w:t>
             </w:r>
             <w:r w:rsidRPr="005C1F0D">
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">te: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-39751157"/>
                 <w:placeholder>
                   <w:docPart w:val="C9802D5FA23140B68002525461897D43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005C1F0D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
@@ -1230,244 +1233,250 @@
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DH </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-322205209"/>
                 <w:placeholder>
                   <w:docPart w:val="C690070178B44BB8A3009F631367C1C6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Pascalle" w:value="Pascalle"/>
                   <w:listItem w:displayText="Ivo" w:value="Ivo"/>
                   <w:listItem w:displayText="Mieneke" w:value="Mieneke"/>
                   <w:listItem w:displayText="Fuus" w:value="Fuus"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="0098197D">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
                   </w:rPr>
                   <w:t>name</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C52AA" w14:textId="0DCB45A0" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="0E9C52AA" w14:textId="0DCB45A0" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1619334753"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="424622841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1C0818" w14:textId="1F778A54" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BSO UU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346F4D5F" w14:textId="50DBD5A0" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="346F4D5F" w14:textId="50DBD5A0" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-397125307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-536817760"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1583103677"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="6CA0B424" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
@@ -1520,222 +1529,227 @@
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Head of unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="44D7CFEF" w14:textId="352B3437" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1552966219"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-754435370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2650D4E6" w14:textId="6C235EDD" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BSO UMCU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06044391" w14:textId="23D0CD1E" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="06044391" w14:textId="23D0CD1E" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1507435920"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1551917497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1275866708"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="4F27DAFD" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="199"/>
         </w:trPr>
         <w:tc>
@@ -1803,194 +1817,198 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Breeding </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>coordinator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF24589" w14:textId="32AF612B" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="6CF24589" w14:textId="32AF612B" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1370227491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="676306875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="009C5C69">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25628498" w14:textId="302D583F" w:rsidR="00D727EA" w:rsidRPr="009C5C69" w:rsidRDefault="00D727EA" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F857D61" w14:textId="1C59C96C" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="4F857D61" w14:textId="1C59C96C" w:rsidR="00D727EA" w:rsidRPr="00C672F9" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1954151375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="132218508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D727EA" w:rsidRPr="00B90CE5" w14:paraId="7DE570F0" w14:textId="77777777" w:rsidTr="0098197D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="196"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2593" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
@@ -2081,97 +2099,99 @@
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Veterinair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF82D0F" w14:textId="7CBBBA71" w:rsidR="00D727EA" w:rsidRDefault="00000000" w:rsidP="0098197D">
+          <w:p w14:paraId="5AF82D0F" w14:textId="7CBBBA71" w:rsidR="00D727EA" w:rsidRDefault="001E70E5" w:rsidP="0098197D">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1331374807"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA" w:rsidRPr="00C672F9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D727EA">
               <w:rPr>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-320041210"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D727EA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54D77F70" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dotDash" w:sz="4" w:space="1" w:color="94C11A"/>
         </w:pBdr>
         <w:spacing w:line="100" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A40DB1B" w14:textId="77777777" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
@@ -2224,94 +2244,96 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Does this concern a breeding with discomfort? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1242640981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1860896068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C36D13" w:rsidRPr="00017156">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000224F1" w:rsidRPr="00017156">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -2344,94 +2366,96 @@
               </w:rPr>
               <w:t>/vinclip</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="568386922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1857888159"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00017156">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00017156">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2550,50 +2574,51 @@
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1387878058"/>
                 <w:placeholder>
                   <w:docPart w:val="2CCCA25A63DF4C348F5D6CF02D648A8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="25" w:value="25"/>
                   <w:listItem w:displayText="n.v.t" w:value="n.v.t"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017156">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F71A5" w:rsidRPr="0021718D" w14:paraId="7A185A3A" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2625,50 +2650,51 @@
             </w:r>
             <w:r w:rsidR="008E0460" w:rsidRPr="00070495">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1530837745"/>
                 <w:placeholder>
                   <w:docPart w:val="A11830E89334438E80B56975C5B63C64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d-M-yyyy"/>
                   <w:lid w:val="nl-NL"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009937DA" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073074A" w:rsidRPr="00D663F2" w14:paraId="690F91B8" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10518" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2913,50 +2939,51 @@
           </w:tcPr>
           <w:p w14:paraId="56F6342D" w14:textId="497F1FBB" w:rsidR="007F18E6" w:rsidRPr="004F1177" w:rsidRDefault="007F18E6" w:rsidP="00821E3F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574147">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Breeding of </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1249929800"/>
                 <w:placeholder>
                   <w:docPart w:val="BF2296CF61D1431A86810A8A99B39CCD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008562EE" w:rsidRPr="001F758A" w14:paraId="6F2BAA96" w14:textId="77777777" w:rsidTr="00CC7681">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -2986,77 +3013,78 @@
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Animal facility:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B61139F" w14:textId="223755E1" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="00000000" w:rsidP="008562EE">
+          <w:p w14:paraId="5B61139F" w14:textId="223755E1" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="001E70E5" w:rsidP="008562EE">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Animal facility"/>
                 <w:tag w:val="GDL"/>
                 <w:id w:val="2056883466"/>
                 <w:placeholder>
                   <w:docPart w:val="3B7B6EF232D34E01A5DDC96BCAD47306"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="GDL" w:value="GDL"/>
                   <w:listItem w:displayText="Stratenum" w:value="Stratenum"/>
                   <w:listItem w:displayText="PSP - Bilthoven" w:value="PSP - Bilthoven"/>
                   <w:listItem w:displayText="Kruyt (Biology)" w:value="Kruyt (Biology)"/>
                   <w:listItem w:displayText="Other, " w:value="Other, "/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009937DA" w:rsidRPr="00034C1A">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
@@ -3084,79 +3112,80 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Optional for GDL: experiment code location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="Dropdown23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04601BB6" w14:textId="29752FBE" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="008562EE">
+          <w:p w14:paraId="04601BB6" w14:textId="29752FBE" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="008562EE">
             <w:pPr>
               <w:spacing w:line="170" w:lineRule="exact"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="856317626"/>
                 <w:placeholder>
                   <w:docPart w:val="F29E38E7449A46E9B229A517D2241AD5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Infection" w:value="Infection"/>
                   <w:listItem w:displayText="Large" w:value="Large"/>
                   <w:listItem w:displayText="Orange" w:value="Orange"/>
                   <w:listItem w:displayText="Purple" w:value="Purple"/>
                   <w:listItem w:displayText="Red" w:value="Red"/>
                   <w:listItem w:displayText="White" w:value="White"/>
                   <w:listItem w:displayText="Yellow" w:value="Yellow"/>
                   <w:listItem w:displayText="PSP - D5c" w:value="PSP - D5c"/>
                   <w:listItem w:displayText="N.A." w:value="N.A."/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008562EE" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
@@ -3213,50 +3242,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Planned start date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="22"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-50620968"/>
             <w:placeholder>
               <w:docPart w:val="80FA43F3F05844AAAEED9B628222A220"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d-M-yyyy"/>
               <w:lid w:val="nl-NL"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2254" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1736474F" w14:textId="59F4C6E3" w:rsidR="008562EE" w:rsidRPr="00034C1A" w:rsidRDefault="008562EE" w:rsidP="008562EE">
                 <w:pPr>
                   <w:spacing w:line="170" w:lineRule="exact"/>
                   <w:rPr>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00034C1A">
@@ -3305,50 +3335,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Planned end date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="301432985"/>
             <w:placeholder>
               <w:docPart w:val="CCCF1AC306AA422DBA61459602054D54"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d-M-yyyy"/>
               <w:lid w:val="nl-NL"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3130" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5FEC49B4" w14:textId="3BBA72CA" w:rsidR="008562EE" w:rsidRPr="005B00F6" w:rsidRDefault="008562EE" w:rsidP="008562EE">
                 <w:pPr>
                   <w:spacing w:line="170" w:lineRule="exact"/>
                   <w:rPr>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
@@ -4211,76 +4242,77 @@
           <w:p w14:paraId="663F31B2" w14:textId="77777777" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="008636F4" w:rsidP="00226FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="216274C6" w14:textId="4511F891" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00226FCC">
+          <w:p w14:paraId="216274C6" w14:textId="4511F891" w:rsidR="008636F4" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="00226FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="133918159"/>
                 <w:placeholder>
                   <w:docPart w:val="ADB0249A8057442398AFC873704D7861"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008636F4" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
@@ -4520,50 +4552,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1818301756"/>
             <w:placeholder>
               <w:docPart w:val="DE727458E7744F839C05293B3BEF53E4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:value="Kies een item."/>
               <w:listItem w:displayText="Art. 9" w:value="Art. 9"/>
               <w:listItem w:displayText="Biotechnicus" w:value="Biotechnicus"/>
               <w:listItem w:displayText="Dierverzorger" w:value="Dierverzorger"/>
               <w:listItem w:displayText="Stagiair" w:value="Stagiair"/>
               <w:listItem w:displayText="NVWA ontheffing" w:value="NVWA ontheffing"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1134" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="38548C72" w14:textId="0D75FB71" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005B00F6">
@@ -4948,76 +4981,77 @@
           <w:p w14:paraId="2C2F7E03" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35020DC3" w14:textId="632F1A28" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+          <w:p w14:paraId="35020DC3" w14:textId="632F1A28" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="656651280"/>
                 <w:placeholder>
                   <w:docPart w:val="F3A775ADC7C24388BFE93614822C8780"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
@@ -5178,76 +5212,77 @@
           <w:p w14:paraId="5A058C0D" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DAC616" w14:textId="55A35D8B" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+          <w:p w14:paraId="21DAC616" w14:textId="55A35D8B" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-770396698"/>
                 <w:placeholder>
                   <w:docPart w:val="DFD390879A9A48DD947D7B2F891FF706"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
@@ -5408,76 +5443,77 @@
           <w:p w14:paraId="3FD1F355" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7470D65F" w14:textId="2D2FCF87" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+          <w:p w14:paraId="7470D65F" w14:textId="2D2FCF87" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="815301942"/>
                 <w:placeholder>
                   <w:docPart w:val="47A47683E72441CF9D756F990952BE9B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
@@ -5638,76 +5674,77 @@
           <w:p w14:paraId="6D817D1A" w14:textId="77777777" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="009B6EEC" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA950AC" w14:textId="4D1E14C2" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="009B6EEC">
+          <w:p w14:paraId="1BA950AC" w14:textId="4D1E14C2" w:rsidR="009B6EEC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="009B6EEC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="123818435"/>
                 <w:placeholder>
                   <w:docPart w:val="F97780075C2E458C89FE6FE202BE0E2E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Art.9" w:value="Art.9"/>
                   <w:listItem w:displayText="Animal technician" w:value="Animal technician"/>
                   <w:listItem w:displayText="Animal caretaker" w:value="Animal caretaker"/>
                   <w:listItem w:displayText="Intern" w:value="Intern"/>
                   <w:listItem w:displayText="NVWA Exemption" w:value="NVWA Exemption"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B6EEC" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
@@ -5762,60 +5799,52 @@
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EC9ABA" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00DB2497" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact person</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Animal </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Animal facility</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="15B68360" w14:textId="1AF87BC2" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Will be filled in by the facility)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -5963,60 +5992,52 @@
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EADEE5" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B07F11" w14:textId="77777777" w:rsidR="00901EBA" w:rsidRPr="00DB2497" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact person </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Animal </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Animal section</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1C0213B5" w14:textId="130794DB" w:rsidR="00901EBA" w:rsidRPr="00D72A5A" w:rsidRDefault="00901EBA" w:rsidP="00D72A5A">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2497">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Will be filled in by the facility)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -6286,50 +6307,51 @@
       </w:tr>
       <w:tr w:rsidR="007D55AC" w:rsidRPr="00821E3F" w14:paraId="1E34640A" w14:textId="77777777" w:rsidTr="000E0439">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1121"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F8FF"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Naam"/>
               <w:id w:val="-1442445844"/>
               <w:placeholder>
                 <w:docPart w:val="555690D867C14729A76A767516061C10"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="32E89584" w14:textId="6782962A" w:rsidR="007D55AC" w:rsidRPr="002F0DC6" w:rsidRDefault="007D55AC" w:rsidP="0004601C">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD6EBC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click here to insert t</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>ext</w:t>
                 </w:r>
               </w:p>
@@ -6373,107 +6395,110 @@
           <w:p w14:paraId="401552FC" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval PI </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1115014879"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:alias w:val="Name PI"/>
               <w:tag w:val="Name"/>
               <w:id w:val="1369177865"/>
               <w:placeholder>
                 <w:docPart w:val="DF55623826BC4381BD5C9FEDF8BF6D18"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0D1D6B23" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Name</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="910361355"/>
               <w:placeholder>
                 <w:docPart w:val="C1B5C994E49348208D32F62CA7B07E28"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="171B559E" w14:textId="3CA3CC2C" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -6484,75 +6509,77 @@
           <w:p w14:paraId="0B6A65C6" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval SD </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="158741103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="201992004"/>
               <w:placeholder>
                 <w:docPart w:val="6B95F14EBCAD49599AD98C6547A8EC4D"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0EB039A3" w14:textId="0BCF229E" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -6563,75 +6590,77 @@
           <w:p w14:paraId="3960F1D4" w14:textId="77777777" w:rsidR="007D55AC" w:rsidRPr="00AD1C76" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Approval ASD </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1519407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1309673856"/>
               <w:placeholder>
                 <w:docPart w:val="8948D7B33EEA4122B056ACAF070B1777"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="2946862E" w14:textId="572A1274" w:rsidR="007D55AC" w:rsidRPr="00BC17AD" w:rsidRDefault="007D55AC" w:rsidP="007D55AC">
                 <w:pPr>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AD1C76">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Date</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="351C616F" w14:textId="77777777" w:rsidR="00DA678F" w:rsidRPr="00C775EA" w:rsidRDefault="00DA678F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
@@ -6834,65 +6863,51 @@
       </w:r>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="007770AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Justify the reason for breeding. Include the project </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F5B1B" w:rsidRPr="009F5B1B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> under which the animals will be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and the animal strain concerned </w:t>
+        <w:t xml:space="preserve"> under which the animals will be used and the animal strain concerned </w:t>
       </w:r>
       <w:r w:rsidR="00F65DE8" w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73196916" wp14:editId="3C92A824">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1889527079" name="Picture 1889527079">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId25" tooltip="See policy on the purchase and breeding of laboratory animals Ch. 3.2.2 for the conditions for starting a breeding line if no approved project licence is available."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1889527079" name="Picture 1889527079">
                       <a:hlinkClick r:id="rId25" tooltip="See policy on the purchase and breeding of laboratory animals Ch. 3.2.2 for the conditions for starting a breeding line if no approved project licence is available."/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -7183,50 +7198,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Data of the strain</w:t>
       </w:r>
       <w:r w:rsidR="00BE707E" w:rsidRPr="005C1F0D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1016927979"/>
           <w:placeholder>
             <w:docPart w:val="B0FE10681B6C4EEDB330391AAB8884F6"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:comboBox>
             <w:listItem w:displayText="Mouse" w:value="Mouse"/>
             <w:listItem w:displayText="Rat" w:value="Rat"/>
             <w:listItem w:displayText="Zebrafish" w:value="Zebrafish"/>
           </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005C1A12" w:rsidRPr="005C1F0D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsia="Times"/>
               <w:color w:val="C00000"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2DC45F96" w14:textId="0245B1B5" w:rsidR="00D85ABD" w:rsidRPr="00937A7D" w:rsidRDefault="00937A7D" w:rsidP="0082494C">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00937A7D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2a.</w:t>
@@ -7292,207 +7308,211 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetic modification:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7B37FD68" w14:textId="122EBF6B" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="004140C9">
+          <w:p w14:paraId="7B37FD68" w14:textId="122EBF6B" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="001E70E5" w:rsidP="004140C9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="596831190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-440996923"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E018175" w14:textId="2BC719AC" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="00000000" w:rsidP="004140C9">
+          <w:p w14:paraId="2E018175" w14:textId="2BC719AC" w:rsidR="004140C9" w:rsidRPr="00B41ABB" w:rsidRDefault="001E70E5" w:rsidP="004140C9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="924307065"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1746303052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004140C9" w:rsidRPr="00B41ABB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004140C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7521,218 +7541,222 @@
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If mutant:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="59177777" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00E95704">
+          <w:p w14:paraId="59177777" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="785158339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetically modified</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51F72162" w14:textId="744EE6D8" w:rsidR="00E95704" w:rsidRDefault="00000000" w:rsidP="00E95704">
+          <w:p w14:paraId="51F72162" w14:textId="744EE6D8" w:rsidR="00E95704" w:rsidRDefault="001E70E5" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1517144132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spontaneous mutation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="11FAEBC6" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00E95704">
+          <w:p w14:paraId="11FAEBC6" w14:textId="77777777" w:rsidR="00E95704" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-416632755"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Genetically modified</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10C88971" w14:textId="6233D5C8" w:rsidR="00E95704" w:rsidRDefault="00000000" w:rsidP="00E95704">
+          <w:p w14:paraId="10C88971" w14:textId="6233D5C8" w:rsidR="00E95704" w:rsidRDefault="001E70E5" w:rsidP="00E95704">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-496415126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E95704" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Spontaneous mutation</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7802,322 +7826,330 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00930037">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>knockin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="29062824" w14:textId="4924F553" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
+          <w:p w14:paraId="29062824" w14:textId="4924F553" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1203477506"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003A61E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1700283693"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="906966213"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E021B0" w14:textId="6C3EB3F5" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
+          <w:p w14:paraId="21E021B0" w14:textId="6C3EB3F5" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1329515893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>different</w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="431BAEC5" w14:textId="77777777" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
+          <w:p w14:paraId="431BAEC5" w14:textId="77777777" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="2031378800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> TG  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1747909532"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KO  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="84508050"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> KI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76045DD7" w14:textId="180C8CA4" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="00000000" w:rsidP="00C91EF3">
+          <w:p w14:paraId="76045DD7" w14:textId="180C8CA4" w:rsidR="00C91EF3" w:rsidRPr="009A1EBB" w:rsidRDefault="001E70E5" w:rsidP="00C91EF3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1714572350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>different</w:t>
             </w:r>
             <w:r w:rsidR="00C91EF3" w:rsidRPr="009A1EBB">
               <w:rPr>
@@ -8443,121 +8475,131 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA0C14">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>KG/IG licence no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A686799" w14:textId="0D578743" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00000000" w:rsidP="00B871B4">
+          <w:p w14:paraId="0A686799" w14:textId="0D578743" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="001E70E5" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="525538313"/>
                 <w:placeholder>
                   <w:docPart w:val="C9F76F9B230745408A077B5D93B4294F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00614A51" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="625B00BE" w14:textId="48699B88" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="00000000" w:rsidP="00B871B4">
+          <w:p w14:paraId="625B00BE" w14:textId="48699B88" w:rsidR="00B871B4" w:rsidRPr="00D849CF" w:rsidRDefault="001E70E5" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="276768146"/>
                 <w:placeholder>
                   <w:docPart w:val="B4C0DE9642084BBFA4664C7701556DBC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00614A51" w:rsidRPr="00C704E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>IG-nummer</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B871B4" w:rsidRPr="00D964EC" w14:paraId="791BD6B9" w14:textId="77777777" w:rsidTr="00F91893">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8571,51 +8613,51 @@
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Classification </w:t>
             </w:r>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E3505" wp14:editId="3FC7D793">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E3505" wp14:editId="2D1200C9">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="34" name="Picture 34">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId26" tooltip="Classification according to Table 5, GMO legislation 2013"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="34" name="Picture 34">
                             <a:hlinkClick r:id="rId26" tooltip="Classification according to Table 5, GMO legislation 2013"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -8645,141 +8687,151 @@
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="001C5844">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5D903A" w14:textId="4ACF7697" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00000000" w:rsidP="00B871B4">
+          <w:p w14:paraId="6B5D903A" w14:textId="4ACF7697" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="001E70E5" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:alias w:val="Classification"/>
                 <w:tag w:val="Classification"/>
                 <w:id w:val="142169700"/>
                 <w:placeholder>
                   <w:docPart w:val="B6FAD2711A1F4B3CA37A7AFCB18ED101"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="5.6.1.a (no hazardous gene product, no viral vector)" w:value="5.6.1.a (no hazardous gene product, no viral vector)"/>
                   <w:listItem w:displayText="5.6.2.a (modification by GMO virus class ML-I, no complementation)" w:value="5.6.2.a (modification by GMO virus class ML-I, no complementation)"/>
                   <w:listItem w:displayText="5.6.2.b (modification by GMO retrovirus/AdV)" w:value="5.6.2.b (modification by GMO retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00145D1F" w:rsidRPr="00145D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F72FB33" w14:textId="4EE81386" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="00000000" w:rsidP="00B871B4">
+          <w:p w14:paraId="7F72FB33" w14:textId="4EE81386" w:rsidR="00B871B4" w:rsidRPr="00145D1F" w:rsidRDefault="001E70E5" w:rsidP="00B871B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:alias w:val="Classification"/>
                 <w:tag w:val="Classification"/>
                 <w:id w:val="1658728127"/>
                 <w:placeholder>
                   <w:docPart w:val="2FBC25F59877436EB2AFE8283CE24F8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="5.6.1.a (no hazardous gene product, no viral vector)" w:value="5.6.1.a (no hazardous gene product, no viral vector)"/>
                   <w:listItem w:displayText="5.6.2.a (modification by GMO virus class ML-I, no complementation)" w:value="5.6.2.a (modification by GMO virus class ML-I, no complementation)"/>
                   <w:listItem w:displayText="5.6.2.b (modification by GMO retrovirus/AdV)" w:value="5.6.2.b (modification by GMO retrovirus/AdV)"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00145D1F" w:rsidRPr="00145D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B871B4" w:rsidRPr="001F758A" w14:paraId="5078F743" w14:textId="77777777" w:rsidTr="008F1AD6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8810,50 +8862,55 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-1250803122"/>
             <w:placeholder>
               <w:docPart w:val="1553935F29B243A482191C888D997F5B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="invulformulier"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3394" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="34F3CF6E" w14:textId="356D4B76" w:rsidR="00B871B4" w:rsidRPr="001F758A" w:rsidRDefault="00B871B4" w:rsidP="00B871B4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00915DA2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -8863,50 +8920,55 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="invulformulier"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:alias w:val="Place of birth"/>
             <w:tag w:val="Place of birth"/>
             <w:id w:val="-109895631"/>
             <w:placeholder>
               <w:docPart w:val="CB4F6578E6CB487C8FDD5A9F8FC68855"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose"/>
               <w:listItem w:displayText="[O1] Animals born at an authorised breeder in the Union" w:value="[O1] Animals born at an authorised breeder in the Union"/>
               <w:listItem w:displayText="[O2] Animals born in the Union but not at an authorised breeder" w:value="[O2] Animals born in the Union but not at an authorised breeder"/>
               <w:listItem w:displayText="[O3] Animals born in the rest of Europe" w:value="[O3] Animals born in the rest of Europe"/>
               <w:listItem w:displayText="[O4] Animals born elsewhere" w:value="[O4] Animals born elsewhere"/>
               <w:listItem w:displayText="Reuse" w:value="Reuse"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="invulformulier"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4042" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
               </w:tcPr>
               <w:p w14:paraId="0869734D" w14:textId="21943BC1" w:rsidR="00B871B4" w:rsidRPr="001F758A" w:rsidRDefault="00B871B4" w:rsidP="00B871B4">
                 <w:pPr>
                   <w:keepNext/>
                   <w:keepLines/>
                   <w:spacing w:line="228" w:lineRule="auto"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00915DA2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9038,51 +9100,51 @@
               <w:t>omenclature</w:t>
             </w:r>
             <w:r w:rsidR="00B871B4" w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EAABFDF" wp14:editId="3CDB2FDC">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EAABFDF" wp14:editId="0F899B28">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="77924351" name="Picture 77924351">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId28" tooltip="Mouse"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="77924351" name="Picture 77924351">
                             <a:hlinkClick r:id="rId28" tooltip="Mouse"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -9096,51 +9158,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19D89DFE" wp14:editId="0025953F">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19D89DFE" wp14:editId="14F4D484">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1152259711" name="Picture 1152259711">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId29" tooltip="Rat"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1152259711" name="Picture 1152259711">
                             <a:hlinkClick r:id="rId29" tooltip="Rat"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -9154,51 +9216,51 @@
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="95250" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00720136" w:rsidRPr="00AA279F">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A4C416" wp14:editId="41D0BE69">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63A4C416" wp14:editId="4F0F31C3">
                   <wp:extent cx="95250" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710119860" name="Picture 710119860">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId30" tooltip="Zebrafish"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="710119860" name="Picture 710119860">
                             <a:hlinkClick r:id="rId30" tooltip="Zebrafish"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -9598,102 +9660,104 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="65154B19" w14:textId="6BE947F9" w:rsidR="00205AC7" w:rsidRPr="001F758A" w:rsidRDefault="00205AC7" w:rsidP="007B0C0A">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Are offspring available elsewhere?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="19BE10C1" w14:textId="77777777" w:rsidR="00205AC7" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="007B0C0A">
+          <w:p w14:paraId="19BE10C1" w14:textId="77777777" w:rsidR="00205AC7" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="007B0C0A">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="127830545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="247940140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00205AC7" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Where</w:t>
             </w:r>
@@ -9794,111 +9858,113 @@
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Is a back</w:t>
             </w:r>
             <w:r w:rsidR="005B00F6">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>up available?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D6AEA86" w14:textId="7F29D2BF" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="0D6AEA86" w14:textId="7F29D2BF" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2056996821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000941F0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="720633013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="001F0408">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000941F0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes, in which form?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76600B68" w14:textId="6B363ED2" w:rsidR="000941F0" w:rsidRPr="001F0408" w:rsidRDefault="000941F0" w:rsidP="000941F0">
             <w:pPr>
@@ -9976,74 +10042,75 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="81280" cy="81280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F626D57" w14:textId="17F25E88" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="0066193C">
+          <w:p w14:paraId="7F626D57" w14:textId="17F25E88" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="0066193C">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1548059827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -10054,281 +10121,287 @@
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>semen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4034" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7655DE81" w14:textId="6CACACE1" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="7655DE81" w14:textId="6CACACE1" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1872332709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="518596347"/>
                 <w:placeholder>
                   <w:docPart w:val="B72286D5AF0846CFAAC52BB3882F1D00"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F68AE3F" w14:textId="66B2661A" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="3F68AE3F" w14:textId="66B2661A" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1374341388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00346894" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Own management - How many? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="984438026"/>
                 <w:placeholder>
                   <w:docPart w:val="62C1B88288574D0CBCBABE710EB22DFB"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:id w:val="2009556571"/>
                     <w:placeholder>
                       <w:docPart w:val="45E0C476DB52447DA10218078D930C31"/>
                     </w:placeholder>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Fill in</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000941F0" w:rsidRPr="00D964EC" w14:paraId="62C12219" w14:textId="77777777" w:rsidTr="00241196">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="35B56F6E" w14:textId="77777777" w:rsidR="000941F0" w:rsidRPr="005B6DE8" w:rsidRDefault="000941F0" w:rsidP="000941F0">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:line="228" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0C809360" w14:textId="7CC7D403" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="0C809360" w14:textId="7CC7D403" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-370763554"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -10339,147 +10412,150 @@
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B10C0F" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>embryos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4034" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="47DECC53" w14:textId="42A8E9D0" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="47DECC53" w14:textId="42A8E9D0" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2113466902"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Extern: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1477438859"/>
                 <w:placeholder>
                   <w:docPart w:val="AE73E7B5E6C141E495B6D0D80EAF4D71"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3BA27722" w14:textId="70CEB8B3" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="00000000" w:rsidP="000941F0">
+          <w:p w14:paraId="3BA27722" w14:textId="70CEB8B3" w:rsidR="000941F0" w:rsidRPr="0066193C" w:rsidRDefault="001E70E5" w:rsidP="000941F0">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1278708789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00346894" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -10487,50 +10563,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Own management - How many</w:t>
             </w:r>
             <w:r w:rsidR="000941F0" w:rsidRPr="0066193C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2085981500"/>
                 <w:placeholder>
                   <w:docPart w:val="A8744477174E48F7BD6D7316A0AFF322"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A8539D" w:rsidRPr="0066193C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Fill in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57F7D" w:rsidRPr="0021718D" w14:paraId="6D1CE231" w14:textId="77777777" w:rsidTr="00280E8F">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -10625,50 +10702,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AFA1DF" w14:textId="77777777" w:rsidR="005B00F6" w:rsidRPr="0021718D" w:rsidRDefault="00925351" w:rsidP="005B00F6">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021718D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2b. </w:t>
       </w:r>
       <w:r w:rsidR="00B765D8" w:rsidRPr="0021718D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Genetic stability</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109E9F56" w14:textId="14A9DDD3" w:rsidR="00925351" w:rsidRPr="005B00F6" w:rsidRDefault="00C46568" w:rsidP="005B00F6">
       <w:pPr>
         <w:spacing w:after="200" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46568">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Genetic stability is important to ensure the continuity and reproducibility of the research. Each new generation brings minor mutations. In addition to observing the precautions described in </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00F10763">
           <w:rPr>
@@ -10725,71 +10803,72 @@
           </w:tcPr>
           <w:p w14:paraId="3053657C" w14:textId="5AAE45CC" w:rsidR="00925351" w:rsidRPr="00B765D8" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B765D8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>From which generation onwards will the line be renewed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A690537" w14:textId="0253AF1B" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="0A690537" w14:textId="0253AF1B" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="314852356"/>
                 <w:placeholder>
                   <w:docPart w:val="1F78985B650647DE8876A5A5B9002BDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="F7" w:value="F7"/>
                   <w:listItem w:displayText="F8" w:value="F8"/>
                   <w:listItem w:displayText="F9" w:value="F9"/>
                   <w:listItem w:displayText="F10" w:value="F10"/>
                   <w:listItem w:displayText="Other" w:value="Other"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C05FEA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925351" w:rsidRPr="00B25A12" w14:paraId="6A330C9A" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E5AEC06" w14:textId="0765F468" w:rsidR="00925351" w:rsidRPr="00B765D8" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -10807,69 +10886,70 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>line</w:t>
             </w:r>
             <w:r w:rsidRPr="00B765D8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="011DAAEE" w14:textId="605ED80E" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="011DAAEE" w14:textId="605ED80E" w:rsidR="00925351" w:rsidRPr="00B25A12" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1038945008"/>
                 <w:placeholder>
                   <w:docPart w:val="75B426DC1D9F483586EC399016DC9FDD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Repurchases (Alive)" w:value="Repurchases (Alive)"/>
                   <w:listItem w:displayText="Repurchases (Cryo)" w:value="Repurchases (Cryo)"/>
                   <w:listItem w:displayText="Backcross" w:value="Backcross"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C05FEA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925351" w:rsidRPr="0021718D" w14:paraId="1BBF5331" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3683" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43776D3A" w14:textId="6ED99D89" w:rsidR="00925351" w:rsidRPr="00B73AB1" w:rsidRDefault="00B765D8" w:rsidP="007457E2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -11173,110 +11253,112 @@
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Does the strain show special/external characteristics?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DFAE185" w14:textId="4F3B9D5E" w:rsidR="002C77EC" w:rsidRPr="00326ADD" w:rsidRDefault="00000000" w:rsidP="002C77EC">
+          <w:p w14:paraId="3DFAE185" w14:textId="4F3B9D5E" w:rsidR="002C77EC" w:rsidRPr="00326ADD" w:rsidRDefault="001E70E5" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1232233452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C77EC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-75209559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C77EC" w:rsidRPr="00B25A12">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C77EC">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11410,160 +11492,154 @@
             <w:r w:rsidRPr="00C26327">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Is the strain immunocompetent?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ABF3E1A" w14:textId="2DA3028B" w:rsidR="002C77EC" w:rsidRPr="00D964EC" w:rsidRDefault="00000000" w:rsidP="002C77EC">
+          <w:p w14:paraId="3ABF3E1A" w14:textId="2DA3028B" w:rsidR="002C77EC" w:rsidRPr="00D964EC" w:rsidRDefault="001E70E5" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2105530345"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E46D42">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1707448847"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1742558308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C26327" w:rsidRPr="00D964EC">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Unknown</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="57F93356" w14:textId="52ACAF29" w:rsidR="00B46047" w:rsidRPr="00B46047" w:rsidRDefault="00B46047" w:rsidP="002C77EC">
             <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26327" w:rsidRPr="00826201" w14:paraId="54F91BAA" w14:textId="77777777" w:rsidTr="00A949B0">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -11834,115 +11910,117 @@
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E8750D" w14:textId="668A64A5" w:rsidR="006B4E8C" w:rsidRPr="001F758A" w:rsidRDefault="006B4E8C" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Homozygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2341F864" w14:textId="3E6D5B3E" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00000000" w:rsidP="006B4E8C">
+          <w:p w14:paraId="2341F864" w14:textId="3E6D5B3E" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="001E70E5" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-530956054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00546F9C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="747462872"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006B4E8C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00546F9C" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
@@ -11989,101 +12067,103 @@
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E0639C0" w14:textId="5A8C4DD6" w:rsidR="006B4E8C" w:rsidRPr="001F758A" w:rsidRDefault="006B4E8C" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Heterozygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4BD7B2" w14:textId="4A1253BF" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="00000000" w:rsidP="006B4E8C">
+          <w:p w14:paraId="3E4BD7B2" w14:textId="4A1253BF" w:rsidR="006B4E8C" w:rsidRPr="00737FB2" w:rsidRDefault="001E70E5" w:rsidP="006B4E8C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2143485275"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-988779267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="00737FB2" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -12139,101 +12219,103 @@
               <w:t>He</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>mi</w:t>
             </w:r>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>zygous animals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="25484567" w14:textId="4DC04830" w:rsidR="00930037" w:rsidRDefault="00000000" w:rsidP="00930037">
+          <w:p w14:paraId="25484567" w14:textId="4DC04830" w:rsidR="00930037" w:rsidRDefault="001E70E5" w:rsidP="00930037">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="549734190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-198246644"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="00930037" w:rsidRPr="00737FB2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -12521,219 +12603,223 @@
             </w:pPr>
             <w:r w:rsidRPr="005B6DE8">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Restriction level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F867FC" w:rsidRPr="005B00F6" w14:paraId="57C4ADAF" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F9D60C9" w14:textId="1C85577A" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="2F9D60C9" w14:textId="1C85577A" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-2140179523"/>
                 <w:placeholder>
                   <w:docPart w:val="B270439F84644240BE9DA37E5F08D927"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Filtertop cage" w:value="Filtertop cage"/>
                   <w:listItem w:displayText="Isocage" w:value="Isocage"/>
                   <w:listItem w:displayText="IVC" w:value="IVC"/>
                   <w:listItem w:displayText="Open cage" w:value="Open cage"/>
                   <w:listItem w:displayText="Aquaria" w:value="Aquaria"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4396BD6F" w14:textId="733BB786" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="4396BD6F" w14:textId="733BB786" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1666745675"/>
                 <w:placeholder>
                   <w:docPart w:val="A2C0293A21B4499FA5618CE7693ADBB0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Sterile" w:value="Sterile"/>
                   <w:listItem w:displayText="Non-sterile" w:value="Non-sterile"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2622" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08EE30EE" w14:textId="4FB75CCC" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="08EE30EE" w14:textId="4FB75CCC" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-614602052"/>
                 <w:placeholder>
                   <w:docPart w:val="96B9806F951F405AAD4522C36FC2F177"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Sterile" w:value="Sterile"/>
                   <w:listItem w:displayText="Non-sterile" w:value="Non-sterile"/>
                   <w:listItem w:displayText="N/A - Fish" w:value="N/A - Fish"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003039E7" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34D7D9A0" w14:textId="565357F1" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="00000000" w:rsidP="00D63B0A">
+          <w:p w14:paraId="34D7D9A0" w14:textId="565357F1" w:rsidR="00F867FC" w:rsidRPr="005B00F6" w:rsidRDefault="001E70E5" w:rsidP="00D63B0A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="FF0000"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:alias w:val="Containment"/>
                 <w:tag w:val="Containment"/>
                 <w:id w:val="-1748643678"/>
                 <w:placeholder>
                   <w:docPart w:val="8049E0B7A3F140FBA1DD0B321BFBCE66"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="D-I" w:value="D-I"/>
                   <w:listItem w:displayText="DM-I" w:value="DM-I"/>
                   <w:listItem w:displayText="DM-I for 1 week, then D-I (AAV)" w:value="DM-I for 1 week, then D-I (AAV)"/>
                   <w:listItem w:displayText="DM-I for 2 weeks, then D-I (Lenti)" w:value="DM-I for 2 weeks, then D-I (Lenti)"/>
                   <w:listItem w:displayText="DM-II" w:value="DM-II"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D719A1" w:rsidRPr="005B00F6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566EE7" w:rsidRPr="0021718D" w14:paraId="3A960ACE" w14:textId="77777777" w:rsidTr="006D05A1">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
@@ -12943,55 +13029,54 @@
             <w:r w:rsidRPr="00BF603B">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
             <w:r w:rsidR="000E54B5" w:rsidRPr="00BF603B">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B52ED0E" w14:textId="4A7E51D3" w:rsidR="000E54B5" w:rsidRPr="00DA470F" w:rsidRDefault="000E54B5" w:rsidP="000E54B5">
+          <w:p w14:paraId="3B52ED0E" w14:textId="4A7E51D3" w:rsidR="000E54B5" w:rsidRPr="001E70E5" w:rsidRDefault="000E54B5" w:rsidP="000E54B5">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E31718" w:rsidRPr="00E31718" w14:paraId="4BDC7385" w14:textId="77777777" w:rsidTr="00170E4B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43485AE2" w14:textId="44DF5025" w:rsidR="00E31718" w:rsidRPr="00BF603B" w:rsidRDefault="00E31718" w:rsidP="00E31718">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -13009,157 +13094,158 @@
             <w:r w:rsidR="008D3AF1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>enotyping</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349A1437" w14:textId="7292F74E" w:rsidR="00E31718" w:rsidRPr="002C1900" w:rsidRDefault="00000000" w:rsidP="00E31718">
+          <w:p w14:paraId="349A1437" w14:textId="7292F74E" w:rsidR="00E31718" w:rsidRPr="001E70E5" w:rsidRDefault="001E70E5" w:rsidP="00E31718">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-638342177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
+                <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Non-invasive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>using</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> a lamp  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D357CF" w14:textId="73836E33" w:rsidR="00E31718" w:rsidRPr="00E31718" w:rsidRDefault="00000000" w:rsidP="00E31718">
+          <w:p w14:paraId="49D357CF" w14:textId="73836E33" w:rsidR="00E31718" w:rsidRPr="001E70E5" w:rsidRDefault="001E70E5" w:rsidP="00E31718">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2142104321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
+                <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E31718" w:rsidRPr="002C1900">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Invasive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E31718" w:rsidRPr="00E31718">
+            <w:r w:rsidR="00E31718" w:rsidRPr="001E70E5">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> via DNA sample</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E54B5" w:rsidRPr="00DE306E" w14:paraId="46967034" w14:textId="77777777" w:rsidTr="000E54B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="551"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55A1B10F" w14:textId="3DFC05EB" w:rsidR="002B0D2F" w:rsidRPr="00DE306E" w:rsidRDefault="00BF603B" w:rsidP="004E6237">
             <w:pPr>
               <w:rPr>
@@ -13187,222 +13273,208 @@
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If choice ‘blood’, </w:t>
             </w:r>
             <w:r w:rsidR="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>remember to</w:t>
             </w:r>
             <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> blood collection</w:t>
+              <w:t xml:space="preserve"> registering blood collection</w:t>
             </w:r>
             <w:r w:rsidR="00A16CCA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/vinclip</w:t>
             </w:r>
             <w:r w:rsidR="00445C0E" w:rsidRPr="00445C0E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> as an animal experiment (permit requirement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3712662D" w14:textId="103440BB" w:rsidR="000E54B5" w:rsidRPr="00DE306E" w:rsidRDefault="00000000" w:rsidP="00611236">
+          <w:p w14:paraId="3712662D" w14:textId="103440BB" w:rsidR="000E54B5" w:rsidRPr="001E70E5" w:rsidRDefault="001E70E5" w:rsidP="00611236">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
-                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:id w:val="862637353"/>
                 <w:placeholder>
                   <w:docPart w:val="3479D98949F14544BB1CC4EE586E8993"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="Ear clip" w:value="Ear clip"/>
                   <w:listItem w:displayText="Blood" w:value="Blood"/>
                   <w:listItem w:displayText="Vinclip" w:value="Vinclip"/>
                   <w:listItem w:displayText="Other, namely" w:value="Other, namely"/>
                 </w:comboBox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BF603B" w:rsidRPr="00DE306E">
+                <w:r w:rsidR="00BF603B" w:rsidRPr="001E70E5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Choose</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4B60" w:rsidRPr="0021718D" w14:paraId="07B4E9AC" w14:textId="211E3219" w:rsidTr="000E54B5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="11BCD324" w14:textId="2B62A37D" w:rsidR="00FA4B60" w:rsidRPr="00C06A64" w:rsidRDefault="00C06A64" w:rsidP="004E6237">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C06A64">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If choice </w:t>
             </w:r>
             <w:r w:rsidR="00DD4122">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">‘blood’, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00133DA2">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00DD4122">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">inclip’ </w:t>
+              <w:t>inclip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DD4122">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DD4122">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00C06A64">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>'otherwise</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C06A64">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>' explain here:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC946FC" w14:textId="461830D9" w:rsidR="00FA4B60" w:rsidRPr="00DA470F" w:rsidRDefault="00FA4B60" w:rsidP="00781B62">
+          <w:p w14:paraId="1FC946FC" w14:textId="461830D9" w:rsidR="00FA4B60" w:rsidRPr="001E70E5" w:rsidRDefault="00FA4B60" w:rsidP="00781B62">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77819525" w14:textId="689AEA2C" w:rsidR="00907494" w:rsidRPr="00713D85" w:rsidRDefault="008F62D8" w:rsidP="00D63B0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepLines/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713D85">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
@@ -13587,78 +13659,71 @@
         </w:rPr>
         <w:t>Ch</w:t>
       </w:r>
       <w:r w:rsidRPr="008B0E73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB6240F" w14:textId="6EA841E0" w:rsidR="00F239DD" w:rsidRPr="004D1066" w:rsidRDefault="008F62D8" w:rsidP="00F001F3">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F239DD" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b.</w:t>
       </w:r>
       <w:r w:rsidR="002327A7" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D1066" w:rsidRPr="004D1066">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional welfare checks within the scope of possible specific clinical </w:t>
+        <w:t>Additional welfare checks within the scope of possible specific clinical symptoms</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="51735FB6" w14:textId="77777777" w:rsidR="00315EEB" w:rsidRPr="005B6DE8" w:rsidRDefault="00315EEB" w:rsidP="00315EEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="200" w:lineRule="exact"/>
         <w:ind w:left="454" w:hanging="170"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6DE8">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>At what time-points the animals need to be assessed. Describe the specific clinical symptoms and when during the breeding these are expected</w:t>
       </w:r>
@@ -13984,50 +14049,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2ABA4B90" w14:textId="29AA13B4" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1978792907"/>
             <w:placeholder>
               <w:docPart w:val="C7033126316B4197995FE364D2563ECD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="47F1909B" w14:textId="320C416C" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -14103,50 +14169,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="715E0EE6" w14:textId="41840E6F" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="51964260"/>
             <w:placeholder>
               <w:docPart w:val="37A93D3CD36A41489A130D09DE8D90CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="406E90FB" w14:textId="0388A2EE" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -14222,50 +14289,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52CDE70F" w14:textId="440C7255" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-93480325"/>
             <w:placeholder>
               <w:docPart w:val="D5D1AB7F0D684087A689066F0DB280DF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="40261466" w14:textId="5D307194" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -14341,50 +14409,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="618E77D0" w14:textId="0B5B171A" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="1392465318"/>
             <w:placeholder>
               <w:docPart w:val="4C2718AF6CE84DA2AE909CC6E927161B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="31974F63" w14:textId="0274A89E" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -14460,50 +14529,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D3DC15D" w14:textId="3CB16A40" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="00F239DD" w:rsidP="00F239DD"/>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-463115315"/>
             <w:placeholder>
               <w:docPart w:val="8A22C06E98D142A08F329840C27D13A1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="1. Non-recovery" w:value="1. Non-recovery"/>
               <w:listItem w:displayText="2. Mild" w:value="2. Mild"/>
               <w:listItem w:displayText="3. Moderate" w:value="3. Moderate"/>
               <w:listItem w:displayText="4. Severe" w:value="4. Severe"/>
             </w:comboBox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1006" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
                 <w:tcMar>
                   <w:left w:w="28" w:type="dxa"/>
                   <w:right w:w="28" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="253004F9" w14:textId="74341B7B" w:rsidR="00F239DD" w:rsidRPr="001F758A" w:rsidRDefault="009B1F08" w:rsidP="00F239DD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="009B1F08">
                   <w:t>Choose</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
@@ -15027,51 +15097,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="000D2B6C" w:rsidRPr="006056BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>ATEX</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7AF84653" w14:textId="4F7241CA" w:rsidR="001766D3" w:rsidRPr="008E1A45" w:rsidRDefault="00925A78" w:rsidP="000330B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Attachments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0E4E748B" w14:textId="4851EAA4" w:rsidR="00942B64" w:rsidRPr="008E1A45" w:rsidRDefault="00000000" w:rsidP="00942B64">
+    <w:p w14:paraId="0E4E748B" w14:textId="4851EAA4" w:rsidR="00942B64" w:rsidRPr="008E1A45" w:rsidRDefault="001E70E5" w:rsidP="00942B64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">1 – </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Table</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
@@ -15079,73 +15149,73 @@
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00966FBD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>maintenance</w:t>
         </w:r>
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00942B64" w:rsidRPr="0003244C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>breeding</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72F4FB4B" w14:textId="7690C071" w:rsidR="0006216A" w:rsidRPr="0006216A" w:rsidRDefault="00000000" w:rsidP="0006216A">
+    <w:p w14:paraId="72F4FB4B" w14:textId="7690C071" w:rsidR="0006216A" w:rsidRPr="0006216A" w:rsidRDefault="001E70E5" w:rsidP="0006216A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00942B64" w:rsidRPr="0006216A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>2 – Table production breeding</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35E799BD" w14:textId="5F54F80A" w:rsidR="0003244C" w:rsidRPr="00F92FC9" w:rsidRDefault="00000000" w:rsidP="00942B64">
+    <w:p w14:paraId="35E799BD" w14:textId="5F54F80A" w:rsidR="0003244C" w:rsidRPr="00F92FC9" w:rsidRDefault="001E70E5" w:rsidP="00942B64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="0006216A" w:rsidRPr="004964B6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>3 – Table genotyping</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="7DD51E21" w14:textId="77777777" w:rsidR="0067584F" w:rsidRPr="00FC0614" w:rsidRDefault="0067584F" w:rsidP="00805310">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -15161,50 +15231,51 @@
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="0067584F" w:rsidRPr="00805310" w:rsidSect="00EF6DC3">
           <w:headerReference w:type="default" r:id="rId42"/>
           <w:footerReference w:type="default" r:id="rId43"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1276" w:right="567" w:bottom="975" w:left="851" w:header="284" w:footer="425" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35AC2BAA" w14:textId="1CF04EBE" w:rsidR="003E5E93" w:rsidRPr="006E3DFB" w:rsidRDefault="003E5E93" w:rsidP="003E5E93">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3DFB">
         <w:t>nstandhoudingsfok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4B7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487C50BB" wp14:editId="6431E3C8">
             <wp:extent cx="81280" cy="81280"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1476301677" name="Picture 1476301677">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId19" tooltip="De tabel wordt ingevuld door de contactpersoon van deze fok, eventueel in overleg met de fokcoordinator of fokbeheerder. Hierbij worden de uitgangspunten bij het opzeten van een fok, zoals in de toepassingsregeling H3 beschreven gevolgd."/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -15554,233 +15625,238 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Het/WT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="208C2141" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="208C2141" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="461395549"/>
                 <w:placeholder>
                   <w:docPart w:val="B13548643EA84A79B3FEEB532B0DCB46"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit/Doesn't matter" w:value="Maakt niet uit/Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00E07110">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE476EE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="3AE476EE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E07110" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1359849449"/>
                 <w:placeholder>
                   <w:docPart w:val="DB87495C043E436BA256FF861F0DCE64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Hom" w:value="Hom"/>
                   <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                   <w:listItem w:displayText="Het" w:value="Het"/>
                   <w:listItem w:displayText="WT" w:value="WT"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Genotype</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69B36AC4" w14:textId="4EC36ED7" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="69B36AC4" w14:textId="4EC36ED7" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-2034643831"/>
                 <w:placeholder>
                   <w:docPart w:val="E963D256871F4FFEBA3277777182BE1D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Man / Male" w:value="Man / Male"/>
                   <w:listItem w:displayText="Vrouw / Female" w:value="Vrouw / Female"/>
                   <w:listItem w:displayText="Maakt niet uit/Doesn't matter" w:value="Maakt niet uit/Doesn't matter"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00232986">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Sex</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2313C708" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="2313C708" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="001A49F7" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="635688667"/>
                 <w:placeholder>
                   <w:docPart w:val="F6AFF24D546A495B974DF9C2B28A4700"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="-1696528314"/>
                     <w:placeholder>
                       <w:docPart w:val="178FF084E61744ADB1B2A0354A7DD83A"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:displayText="Hom" w:value="Hom"/>
                       <w:listItem w:displayText="Hemi" w:value="Hemi"/>
                       <w:listItem w:displayText="Het" w:value="Het"/>
                       <w:listItem w:displayText="WT" w:value="WT"/>
                     </w:dropDownList>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="003E5E93">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:eastAsia="Times"/>
                       </w:rPr>
                       <w:t>Genotype</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1704" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="48C751FA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
@@ -15789,50 +15865,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nakomelingen</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-468506782"/>
                 <w:placeholder>
                   <w:docPart w:val="3047EFFF2FE34B56AB049CE4F5974E64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="21A0B605" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CCB">
               <w:rPr>
@@ -15858,114 +15935,116 @@
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47180AB8" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00600339" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="00600339" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1015354883"/>
                 <w:placeholder>
                   <w:docPart w:val="7D267CF33EF14A12A45A713320783F32"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E685508" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="00315247">
+          <w:p w14:paraId="7E685508" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="00315247">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="87124860"/>
                 <w:placeholder>
                   <w:docPart w:val="3F8F4122ED7F4BAD981204248567993C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Stam</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1704" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
           <w:p w14:paraId="0392FE03" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
@@ -16062,50 +16141,51 @@
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1961914826"/>
                 <w:placeholder>
                   <w:docPart w:val="6933EE148BAD445AB2BEF9F426860560"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="011C9061" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00CB414E" w:rsidDel="00E174B5" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB414E">
@@ -16143,50 +16223,51 @@
             <w:r w:rsidRPr="00A409F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aantal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1564557794"/>
                 <w:placeholder>
                   <w:docPart w:val="F694EA18BED64DE095DA1FA0F3C9DA58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="62B5510B" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="12898"/>
               </w:tabs>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -16527,127 +16608,129 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980E7B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of breeding cages:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="583BF1D2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="583BF1D2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1200205714"/>
                 <w:placeholder>
                   <w:docPart w:val="03FBAA8006F348F4810DF5A01EF35547"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB8E2BA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="007C15BE" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="0EB8E2BA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="007C15BE" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-554465738"/>
                 <w:placeholder>
                   <w:docPart w:val="9B3147BB72C74FD9B14B6B0A6626A21C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="000D7B87">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1:2</w:t>
             </w:r>
@@ -16668,50 +16751,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Anders, namelijk</w:t>
             </w:r>
             <w:r w:rsidRPr="00A05037">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="651022743"/>
                 <w:placeholder>
                   <w:docPart w:val="ADCC08C0BB4C45B2901890D90157EBE9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2D89F58A" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00036FF0" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -16814,72 +16898,73 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590A66">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Continuity of breeding:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D34A9E2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="1D34A9E2" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-185058688"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standaard fok </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00FA4B7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26F97A07" wp14:editId="4BCB1E4E">
                   <wp:extent cx="81280" cy="81280"/>
@@ -16988,172 +17073,175 @@
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:br/>
               <w:t>(Interval)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0866166D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="0866166D" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="-1520539940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Continu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F770679" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E77E00" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Continuous</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2440369C" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="2440369C" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:id w:val="1481808494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anders,</w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00036FF0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:id w:val="-859204769"/>
                 <w:placeholder>
                   <w:docPart w:val="E59585E0DC834ACDB7DB14F4882E1A3D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93" w:rsidRPr="00234217">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                   </w:rPr>
                   <w:t>Klik om in te vullen</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="4E7BD2AA" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00E77E00" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E821D9">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -17533,218 +17621,188 @@
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="722247B6" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="722247B6" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="117659380"/>
                 <w:placeholder>
                   <w:docPart w:val="DAFEE17D5A2B4A40AF7CEAF0447CD1D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>maanden</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28260003" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="0043536A" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="54DB4656" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="54DB4656" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="00A05037" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1595129116"/>
                 <w:placeholder>
                   <w:docPart w:val="7F8BEC308F794BC68D1BBBCC94855470"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> maanden</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>maanden</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="46B029F9" w14:textId="77777777" w:rsidTr="007457E2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -17853,217 +17911,187 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC46AEE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="3BC46AEE" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="494152225"/>
                 <w:placeholder>
                   <w:docPart w:val="73C723EDE2CC41F4BF5857A5F0F9232A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> mannen</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>mannen</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7946FA4F" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRPr="0043536A" w:rsidRDefault="003E5E93" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043536A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5F7FF"/>
           </w:tcPr>
-          <w:p w14:paraId="32FD9E56" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="00000000" w:rsidP="007457E2">
+          <w:p w14:paraId="32FD9E56" w14:textId="77777777" w:rsidR="003E5E93" w:rsidRDefault="001E70E5" w:rsidP="007457E2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1895461150"/>
                 <w:placeholder>
                   <w:docPart w:val="EFF26252341A4722935E04548C869548"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E5E93">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:eastAsia="Times"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Vul in</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="003E5E93" w:rsidRPr="00A05037">
+              <w:t xml:space="preserve"> vrouwen</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E93">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>vrouwen</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E5E93" w:rsidRPr="00F31D0C">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>female</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E5E93" w:rsidRPr="00A05037" w14:paraId="7B2EABA8" w14:textId="77777777" w:rsidTr="007457E2">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18314,51 +18342,51 @@
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="3535"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD4D0E7" wp14:editId="24DE81B1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10116474</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559640" cy="617760"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="78505414" name="Afbeelding 31"/>
+          <wp:docPr id="1000368143" name="Afbeelding 31"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="25" name="IVDU_BRIEF_FOOTER_DEF.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -18430,59 +18458,61 @@
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00BE3ABC">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-490561569"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2140024915"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="002A5DB5">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="002A5DB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -18640,59 +18670,61 @@
       <w:t>—</w:t>
     </w:r>
     <w:r w:rsidR="00E61CCE">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="0010439F">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00E61CCE">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-67886026"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1705238520"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00E61CCE">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00E61CCE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -18812,51 +18844,51 @@
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6515AC05" w14:textId="50BB1F25" w:rsidR="00EF6DC3" w:rsidRPr="002E5842" w:rsidRDefault="00EF6DC3" w:rsidP="002E5842">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D66142">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F8D242D" wp14:editId="04B18F58">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>165735</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>147320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1231200" cy="540000"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1377403563" name="Picture 5"/>
+          <wp:docPr id="1325932233" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="IVDU_LOGO_DEF.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -22416,61 +22448,60 @@
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="bestFit" w:percent="225"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00907494"/>
     <w:rsid w:val="000027D8"/>
     <w:rsid w:val="000052A3"/>
@@ -22606,50 +22637,51 @@
     <w:rsid w:val="001945D9"/>
     <w:rsid w:val="00196271"/>
     <w:rsid w:val="001973CA"/>
     <w:rsid w:val="001A1C72"/>
     <w:rsid w:val="001A242A"/>
     <w:rsid w:val="001A3F0D"/>
     <w:rsid w:val="001A449F"/>
     <w:rsid w:val="001A49F7"/>
     <w:rsid w:val="001A4C69"/>
     <w:rsid w:val="001A4E09"/>
     <w:rsid w:val="001B382B"/>
     <w:rsid w:val="001B3F70"/>
     <w:rsid w:val="001C17F8"/>
     <w:rsid w:val="001C33B7"/>
     <w:rsid w:val="001C42DA"/>
     <w:rsid w:val="001C4915"/>
     <w:rsid w:val="001C5426"/>
     <w:rsid w:val="001D1D91"/>
     <w:rsid w:val="001D6302"/>
     <w:rsid w:val="001E1249"/>
     <w:rsid w:val="001E3D4E"/>
     <w:rsid w:val="001E4A55"/>
     <w:rsid w:val="001E5993"/>
     <w:rsid w:val="001E618C"/>
     <w:rsid w:val="001E646C"/>
+    <w:rsid w:val="001E70E5"/>
     <w:rsid w:val="001E71D8"/>
     <w:rsid w:val="001F0408"/>
     <w:rsid w:val="001F07E1"/>
     <w:rsid w:val="001F2771"/>
     <w:rsid w:val="001F71A5"/>
     <w:rsid w:val="001F758A"/>
     <w:rsid w:val="001F7A29"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="00201FC8"/>
     <w:rsid w:val="002035E6"/>
     <w:rsid w:val="00205AC7"/>
     <w:rsid w:val="002119D3"/>
     <w:rsid w:val="00214C30"/>
     <w:rsid w:val="00215A45"/>
     <w:rsid w:val="0021718D"/>
     <w:rsid w:val="00221F45"/>
     <w:rsid w:val="00226FCC"/>
     <w:rsid w:val="00230533"/>
     <w:rsid w:val="002327A7"/>
     <w:rsid w:val="00232986"/>
     <w:rsid w:val="00233A7C"/>
     <w:rsid w:val="00233B8A"/>
     <w:rsid w:val="00234217"/>
     <w:rsid w:val="00235D61"/>
     <w:rsid w:val="00237C56"/>
@@ -23329,50 +23361,51 @@
     <w:rsid w:val="00AC53F5"/>
     <w:rsid w:val="00AD2871"/>
     <w:rsid w:val="00AD2FAC"/>
     <w:rsid w:val="00AD31CA"/>
     <w:rsid w:val="00AD4239"/>
     <w:rsid w:val="00AD4869"/>
     <w:rsid w:val="00AD5138"/>
     <w:rsid w:val="00AD6710"/>
     <w:rsid w:val="00AE0214"/>
     <w:rsid w:val="00AE315F"/>
     <w:rsid w:val="00AE4548"/>
     <w:rsid w:val="00AE775D"/>
     <w:rsid w:val="00AF27A0"/>
     <w:rsid w:val="00AF3DE5"/>
     <w:rsid w:val="00AF3F05"/>
     <w:rsid w:val="00AF4757"/>
     <w:rsid w:val="00AF53E4"/>
     <w:rsid w:val="00AF5D12"/>
     <w:rsid w:val="00AF7BF1"/>
     <w:rsid w:val="00B0184A"/>
     <w:rsid w:val="00B01AB1"/>
     <w:rsid w:val="00B03DB9"/>
     <w:rsid w:val="00B056C4"/>
     <w:rsid w:val="00B1005E"/>
     <w:rsid w:val="00B10C0F"/>
+    <w:rsid w:val="00B10D0B"/>
     <w:rsid w:val="00B12AF6"/>
     <w:rsid w:val="00B13BC2"/>
     <w:rsid w:val="00B16B06"/>
     <w:rsid w:val="00B21DA6"/>
     <w:rsid w:val="00B22E66"/>
     <w:rsid w:val="00B27E69"/>
     <w:rsid w:val="00B332D0"/>
     <w:rsid w:val="00B34D31"/>
     <w:rsid w:val="00B36643"/>
     <w:rsid w:val="00B36644"/>
     <w:rsid w:val="00B41ABB"/>
     <w:rsid w:val="00B42B16"/>
     <w:rsid w:val="00B44BB2"/>
     <w:rsid w:val="00B45A68"/>
     <w:rsid w:val="00B46047"/>
     <w:rsid w:val="00B46697"/>
     <w:rsid w:val="00B467BE"/>
     <w:rsid w:val="00B47361"/>
     <w:rsid w:val="00B53540"/>
     <w:rsid w:val="00B53691"/>
     <w:rsid w:val="00B54484"/>
     <w:rsid w:val="00B603EA"/>
     <w:rsid w:val="00B60587"/>
     <w:rsid w:val="00B6076A"/>
     <w:rsid w:val="00B6185A"/>
@@ -23705,50 +23738,51 @@
     <w:rsid w:val="00F14C98"/>
     <w:rsid w:val="00F21F0B"/>
     <w:rsid w:val="00F23970"/>
     <w:rsid w:val="00F239DD"/>
     <w:rsid w:val="00F23ECB"/>
     <w:rsid w:val="00F30635"/>
     <w:rsid w:val="00F36A47"/>
     <w:rsid w:val="00F376B8"/>
     <w:rsid w:val="00F3776F"/>
     <w:rsid w:val="00F37C7D"/>
     <w:rsid w:val="00F43B75"/>
     <w:rsid w:val="00F45D12"/>
     <w:rsid w:val="00F46FEF"/>
     <w:rsid w:val="00F47EF7"/>
     <w:rsid w:val="00F50363"/>
     <w:rsid w:val="00F519F2"/>
     <w:rsid w:val="00F51A96"/>
     <w:rsid w:val="00F53C4F"/>
     <w:rsid w:val="00F53F07"/>
     <w:rsid w:val="00F55915"/>
     <w:rsid w:val="00F60C16"/>
     <w:rsid w:val="00F61B67"/>
     <w:rsid w:val="00F6235D"/>
     <w:rsid w:val="00F63361"/>
     <w:rsid w:val="00F64D6B"/>
+    <w:rsid w:val="00F65D2D"/>
     <w:rsid w:val="00F65DE8"/>
     <w:rsid w:val="00F65FF8"/>
     <w:rsid w:val="00F6654F"/>
     <w:rsid w:val="00F6768C"/>
     <w:rsid w:val="00F67F91"/>
     <w:rsid w:val="00F703FB"/>
     <w:rsid w:val="00F705E6"/>
     <w:rsid w:val="00F71487"/>
     <w:rsid w:val="00F72347"/>
     <w:rsid w:val="00F73056"/>
     <w:rsid w:val="00F739D2"/>
     <w:rsid w:val="00F73B93"/>
     <w:rsid w:val="00F73DAE"/>
     <w:rsid w:val="00F744E3"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F77C83"/>
     <w:rsid w:val="00F803CA"/>
     <w:rsid w:val="00F808AD"/>
     <w:rsid w:val="00F80D28"/>
     <w:rsid w:val="00F82B95"/>
     <w:rsid w:val="00F82D37"/>
     <w:rsid w:val="00F83688"/>
     <w:rsid w:val="00F860FB"/>
     <w:rsid w:val="00F867FC"/>
     <w:rsid w:val="00F91893"/>
@@ -29359,63 +29393,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="53df6a5f-9334-4503-a845-5e05459a4c71" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2f7f05b2-b429-460e-a1bd-390c26808011">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100047CB0933D0F3E4493010A88D9E0BD71" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1db36b1e21876317f7e09b3a00de0e50">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f7f05b2-b429-460e-a1bd-390c26808011" xmlns:ns3="5d46921d-56e8-4f57-a0d4-befe577d055d" xmlns:ns4="53df6a5f-9334-4503-a845-5e05459a4c71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d90ea237a7faab2078becf6bed2d0ea6" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <xsd:import namespace="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <xsd:import namespace="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -29637,111 +29682,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303FFDD7-1D7B-461B-B09F-6EF6C73E0F4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2B72266-9438-4735-A872-8E0E88B000AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303FFDD7-1D7B-461B-B09F-6EF6C73E0F4C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AD1C496-7586-460B-A723-17B34A721A6D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
+    <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73AEAE6C-3BAB-4F10-95BC-78DBBDFB8910}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2f7f05b2-b429-460e-a1bd-390c26808011"/>
     <ds:schemaRef ds:uri="5d46921d-56e8-4f57-a0d4-befe577d055d"/>
     <ds:schemaRef ds:uri="53df6a5f-9334-4503-a845-5e05459a4c71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1822</Words>
   <Characters>10022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>